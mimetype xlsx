--- v0 (2026-01-05)
+++ v1 (2026-03-04)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="API Documentation" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7072" uniqueCount="3569">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7077" uniqueCount="3569">
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>Method</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Parameters</t>
   </si>
   <si>
     <t>📌 Settings</t>
   </si>
   <si>
     <t>/settings/field-group</t>
   </si>
   <si>
     <t>POST</t>
   </si>
   <si>
@@ -820,51 +820,51 @@
   <si>
     <t>/dashboard/application-reviews</t>
   </si>
   <si>
     <t>[Permission ID: rct.module.dashboard.application_reviews]</t>
   </si>
   <si>
     <t>/dashboard/personalize-dashboard</t>
   </si>
   <si>
     <t>[Permission ID: rct.module.dashboard.edit]</t>
   </si>
   <si>
     <t>[Permission ID: rct.module.dashboard.get_personalize_dashboard]</t>
   </si>
   <si>
     <t>/dashboard/create-my-goal</t>
   </si>
   <si>
     <t>[Permission ID: prf.module.goals.my_goals.create|prf.module.goals.company_goals.create|prf.module.goals.department_goals.create]</t>
   </si>
   <si>
     <t>Add My Goal</t>
   </si>
   <si>
-    <t>[{"name":"timePeriod","required":false,"in":"query","schema":{"example":"2026-01-05T10:34:03.749Z","type":"string"}},{"name":"frequency","required":false,"in":"query","schema":{"enum":["DAILY","WEEKLY","MONTHLY","QUARTERLY"],"type":"string"}},{"name":"activity","required":false,"in":"query","schema":{"enum":["CANDIDATES_ADDED","PROSPECTS_ADDED","CANDIDATES_REFEERED","CANDIDATES_HIRED"],"type":"string"}},{"name":"progress","required":false,"in":"query","schema":{"example":8,"type":"number"}},{"name":"targetValue","required":false,"in":"query","schema":{"example":6,"type":"number"}},{"name":"flag","required":false,"in":"query","schema":{"example":false,"type":"boolean"}}]</t>
+    <t>[{"name":"timePeriod","required":false,"in":"query","schema":{"example":"2026-03-04T06:30:30.371Z","type":"string"}},{"name":"frequency","required":false,"in":"query","schema":{"enum":["DAILY","WEEKLY","MONTHLY","QUARTERLY"],"type":"string"}},{"name":"activity","required":false,"in":"query","schema":{"enum":["CANDIDATES_ADDED","PROSPECTS_ADDED","CANDIDATES_REFEERED","CANDIDATES_HIRED"],"type":"string"}},{"name":"progress","required":false,"in":"query","schema":{"example":8,"type":"number"}},{"name":"targetValue","required":false,"in":"query","schema":{"example":6,"type":"number"}},{"name":"flag","required":false,"in":"query","schema":{"example":false,"type":"boolean"}}]</t>
   </si>
   <si>
     <t>/dashboard/update-my-goals/{id}</t>
   </si>
   <si>
     <t>[Permission ID: rct.module.dashboard.update_goal]</t>
   </si>
   <si>
     <t>[{"name":"id","required":true,"in":"path","schema":{"example":"c076e2d0-1d50-481a-a70d-556df708ab5a","type":"string"}}]</t>
   </si>
   <si>
     <t>/dashboard/get-my-goal/{id}</t>
   </si>
   <si>
     <t>[Permission ID: rct.module.dashboard.view_goal]</t>
   </si>
   <si>
     <t>/dashboard/list-my-goal</t>
   </si>
   <si>
     <t>[Permission ID: rct.module.dashboard.list_goal]</t>
   </si>
   <si>
     <t>/dashboard/delete-my-goal/{id}</t>
   </si>
@@ -1660,60 +1660,60 @@
   <si>
     <t>Show 1 On 1 Report</t>
   </si>
   <si>
     <t>[{"name":"search","required":false,"in":"query","description":"Organizer Name | Attendee Name","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/one-on-one/download</t>
   </si>
   <si>
     <t>Download 1 on 1 Report</t>
   </si>
   <si>
     <t>[{"name":"search","required":false,"in":"query","description":"Organizer Name | Attendee Name","schema":{"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/goals</t>
   </si>
   <si>
     <t>[Permission ID: prf.module.reports.reports.view_goals]</t>
   </si>
   <si>
     <t>View Goals  Report</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"owners","required":false,"in":"query","description":"Owner Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"goalType","required":true,"in":"query","schema":{"enum":["My Goals","Direct Reports","Department","Company","All"],"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-01-05T10:34:03.770Z","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"example":"2026-01-05T10:34:03.770Z","type":"string"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"owners","required":false,"in":"query","description":"Owner Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"goalType","required":true,"in":"query","schema":{"enum":["My Goals","Direct Reports","Department","Company","All"],"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-03-04T06:30:30.394Z","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"example":"2026-03-04T06:30:30.394Z","type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/goals/download</t>
   </si>
   <si>
     <t>Download Goals Report</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","description":"goal name","schema":{"type":"string"}},{"name":"goalType","required":true,"in":"query","schema":{"enum":["My Goals","Direct Reports","Department","Company","All"],"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-01-05T10:34:03.770Z","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"example":"2026-01-05T10:34:03.770Z","type":"string"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","description":"goal name","schema":{"type":"string"}},{"name":"goalType","required":true,"in":"query","schema":{"enum":["My Goals","Direct Reports","Department","Company","All"],"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-03-04T06:30:30.394Z","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"example":"2026-03-04T06:30:30.394Z","type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/career</t>
   </si>
   <si>
     <t>[Permission ID: prf.module.reports.reports.view_career]</t>
   </si>
   <si>
     <t>View Career Report</t>
   </si>
   <si>
     <t>[{"name":"search","required":false,"in":"query","description":"Search by Name","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"status","required":false,"in":"query","schema":{"default":"individual","enum":["individual","department","career_plan"],"type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/career/download</t>
   </si>
   <si>
     <t>Download Career Report</t>
   </si>
   <si>
     <t>[{"name":"search","required":false,"in":"query","description":"Search by Name","schema":{"type":"string"}},{"name":"status","required":false,"in":"query","schema":{"default":"individual","enum":["individual","department","career_plan"],"type":"string"}}]</t>
   </si>
   <si>
     <t>/report/create-folder</t>
   </si>
@@ -5728,63 +5728,63 @@
   <si>
     <t>/impersonations</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.people.impersonations.view_log]</t>
   </si>
   <si>
     <t>List Impersonations</t>
   </si>
   <si>
     <t>📌 Settings ▶ Compensation Bands</t>
   </si>
   <si>
     <t>/compensation-bands</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_bands.create]</t>
   </si>
   <si>
     <t>Create Compensation Band</t>
   </si>
   <si>
     <t>List Compensation Bands</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"departmentId","required":false,"in":"query","description":"695b939b6d82a27a976c32f0","schema":{"type":"string"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"departmentId","required":false,"in":"query","description":"69a7d185f2de05b4d848305a","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>/compensation-bands/export</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_bands.export]</t>
   </si>
   <si>
     <t>Export Compensation Band</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"departmentId","required":false,"in":"query","description":"695b939b6d82a27a976c32f1","schema":{"type":"string"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","schema":{"type":"string"}},{"name":"departmentId","required":false,"in":"query","description":"69a7d185f2de05b4d848305b","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>/compensation-bands/{id}</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_bands.edit]</t>
   </si>
   <si>
     <t>Get Compensation Band</t>
   </si>
   <si>
     <t>Update Compensation Band</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_bands.delete]</t>
   </si>
   <si>
     <t>Delete Compensation Band</t>
   </si>
   <si>
     <t>/compensation-bands/{id}/members</t>
   </si>
   <si>
     <t>List Compensation Band Members</t>
   </si>
@@ -5977,51 +5977,51 @@
   <si>
     <t>/compensation-cycles/{id}</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_cycles.edit|prf.module.compensation.compensation.view_own]</t>
   </si>
   <si>
     <t>Update Compensation Cycle</t>
   </si>
   <si>
     <t>Compensation Cycle</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_cycles.delete]</t>
   </si>
   <si>
     <t>Delete Compensation Cycle</t>
   </si>
   <si>
     <t>/compensation-cycles/list-participants</t>
   </si>
   <si>
     <t>List Eligible Participants</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","description":"First name or last name","schema":{"type":"string"}},{"name":"tenureStartDate","required":false,"in":"query","description":"2025-01-05","schema":{"format":"date-time","type":"string"}},{"name":"lastRaiseDate","required":false,"in":"query","description":"2025-07-05","schema":{"format":"date-time","type":"string"}},{"name":"managerIds","required":false,"in":"query","description":"Managers Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"departmentIds","required":false,"in":"query","description":"Department Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"isPromoted","required":false,"in":"query","schema":{"example":null,"type":"boolean"}},{"name":"compensationCycleId","required":true,"in":"query","schema":{"example":"65812c5ec70b6baf31a6c02d","type":"string"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","description":"First name or last name","schema":{"type":"string"}},{"name":"tenureStartDate","required":false,"in":"query","description":"2025-03-04","schema":{"format":"date-time","type":"string"}},{"name":"lastRaiseDate","required":false,"in":"query","description":"2025-09-04","schema":{"format":"date-time","type":"string"}},{"name":"managerIds","required":false,"in":"query","description":"Managers Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"departmentIds","required":false,"in":"query","description":"Department Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"isPromoted","required":false,"in":"query","schema":{"example":null,"type":"boolean"}},{"name":"compensationCycleId","required":true,"in":"query","schema":{"example":"65812c5ec70b6baf31a6c02d","type":"string"}}]</t>
   </si>
   <si>
     <t>/compensation-cycles/{id}/data-check</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_cycles.edit|prf.setting.compensation.employee_pay.edit|prf.module.compensation.compensation.view_own]</t>
   </si>
   <si>
     <t>Compensation Cycle Data Check</t>
   </si>
   <si>
     <t>[{"name":"id","required":true,"in":"path","schema":{"type":"string"}},{"name":"employeeIds","required":false,"in":"query","description":"employee Ids","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}}]</t>
   </si>
   <si>
     <t>/compensation-cycles/{id}/budget</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.compensation.compensation_cycles.edit|prf.setting.compensation.employee_pay.edit|prf.setting.compensation.compensation_cycles.view|prf.module.compensation.compensation.view_own]</t>
   </si>
   <si>
     <t>Compensation Cycle Budget</t>
   </si>
   <si>
     <t>/compensation-cycles/{id}/distribute</t>
   </si>
@@ -6154,51 +6154,51 @@
   <si>
     <t>Create One on Ones</t>
   </si>
   <si>
     <t>[Permission ID: prf.module.1_on_1s.1_on_1s.view|prf.module.1_on_1s.for_team_members.view|prf.module.1_on_1s.for_all_employees.view]</t>
   </si>
   <si>
     <t>List One on One for myself</t>
   </si>
   <si>
     <t>/one-on-one/{id}</t>
   </si>
   <si>
     <t>[Permission ID: prf.module.1_on_1s.1_on_1s.update|prf.module.1_on_1s.for_team_members.update|prf.module.1_on_1s.for_all_employees.update]</t>
   </si>
   <si>
     <t>Update One on Ones</t>
   </si>
   <si>
     <t>/one-on-one/history</t>
   </si>
   <si>
     <t>List One on One history</t>
   </si>
   <si>
-    <t>[{"name":"oneOnOneId","required":false,"in":"query","description":"One on One ID","schema":{"type":"string"}},{"name":"userID","required":false,"in":"query","description":"User ID","schema":{"type":"string"}},{"name":"meetingDate","required":false,"in":"query","description":"Meeting Date","schema":{"example":"2026-01-05","type":"string"}},{"name":"createdBy","required":false,"in":"query","description":"Created By","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"contentAddedBy","required":false,"in":"query","description":"Content Added By","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"memberId","required":false,"in":"query","schema":{"type":"string"}}]</t>
+    <t>[{"name":"oneOnOneId","required":false,"in":"query","description":"One on One ID","schema":{"type":"string"}},{"name":"userID","required":false,"in":"query","description":"User ID","schema":{"type":"string"}},{"name":"meetingDate","required":false,"in":"query","description":"Meeting Date","schema":{"example":"2026-03-04","type":"string"}},{"name":"createdBy","required":false,"in":"query","description":"Created By","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"contentAddedBy","required":false,"in":"query","description":"Content Added By","style":"form","explode":false,"schema":{"type":"array","items":{"type":"string"}}},{"name":"memberId","required":false,"in":"query","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>/one-on-one/{id}/notes-and-rating</t>
   </si>
   <si>
     <t>Add Notes &amp; Rating in One on One</t>
   </si>
   <si>
     <t>/one-on-one/{id}/end</t>
   </si>
   <si>
     <t>End One on One Meeting</t>
   </si>
   <si>
     <t>[{"name":"id","required":true,"in":"path","schema":{"example":"658d20db9c182cf6e8bc1ffa","type":"string"}},{"name":"memberId","required":false,"in":"query","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>/one-on-one/{id}/meetings/{meetingId}</t>
   </si>
   <si>
     <t>[Permission ID: prf.module.1_on_1s.1_on_1s.view|prf.module.1_on_1s.for_team_members.view|prf.module.1_on_1s.for_all_employees.view|prf.setting.1_on_1s.1_on_1_logs.view_details]</t>
   </si>
   <si>
     <t>View one-on-one meeting</t>
   </si>
@@ -6316,63 +6316,63 @@
   <si>
     <t>/performance-dashboard/one-on-one</t>
   </si>
   <si>
     <t>List my 1 on 1</t>
   </si>
   <si>
     <t>/performance-dashboard/tasks-to-complete</t>
   </si>
   <si>
     <t>List Tasks to Complete</t>
   </si>
   <si>
     <t>📌 One On One Logs</t>
   </si>
   <si>
     <t>/one-on-one-logs</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.1_on_1s.1_on_1_logs.view|prf.setting.1_on_1s.1_on_1_logs.view_individual]</t>
   </si>
   <si>
     <t>Get one on one logs</t>
   </si>
   <si>
-    <t>[{"name":"limit","required":true,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":true,"in":"query","schema":{"default":0,"type":"number"}},{"name":"search","required":false,"in":"query","description":"Search by Organizer or Attendee","schema":{"type":"string"}},{"name":"OneOnOneType","required":true,"in":"query","schema":{"example":"one-On-One","enum":["one-On-One","individual"],"type":"string"}},{"name":"status","required":false,"in":"query","schema":{"example":"Ended","enum":["Upcoming","Current","Ended"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["managerId","managerId"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["departmentId","departmentId"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}}]</t>
+    <t>[{"name":"limit","required":true,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":true,"in":"query","schema":{"default":0,"type":"number"}},{"name":"search","required":false,"in":"query","description":"Search by Organizer or Attendee","schema":{"type":"string"}},{"name":"OneOnOneType","required":true,"in":"query","schema":{"example":"one-On-One","enum":["one-On-One","individual"],"type":"string"}},{"name":"status","required":false,"in":"query","schema":{"example":"Ended","enum":["Upcoming","Current","Ended"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["managerId","managerId"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["departmentId","departmentId"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}}]</t>
   </si>
   <si>
     <t>/one-on-one-logs/download</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.1_on_1s.1_on_1_logs.download|prf.setting.1_on_1s.1_on_1_logs.download_individual]</t>
   </si>
   <si>
     <t>Download as CSV Get one on one Individual logs</t>
   </si>
   <si>
-    <t>[{"name":"OneOnOneType","required":true,"in":"query","schema":{"example":"one-On-One","enum":["one-On-One","individual"],"type":"string"}},{"name":"status","required":false,"in":"query","schema":{"example":"Ended","enum":["Upcoming","Current","Ended"],"type":"string"}},{"name":"timeFrame","required":false,"in":"query","schema":{"example":"all","enum":["all","this_week","last_week","this_month","last_month","custom"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["managerId","managerId"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["departmentId","departmentId"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}}]</t>
+    <t>[{"name":"OneOnOneType","required":true,"in":"query","schema":{"example":"one-On-One","enum":["one-On-One","individual"],"type":"string"}},{"name":"status","required":false,"in":"query","schema":{"example":"Ended","enum":["Upcoming","Current","Ended"],"type":"string"}},{"name":"timeFrame","required":false,"in":"query","schema":{"example":"all","enum":["all","this_week","last_week","this_month","last_month","custom"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["managerId","managerId"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["departmentId","departmentId"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}}]</t>
   </si>
   <si>
     <t>📌 Settings ▶ Updates Questions</t>
   </si>
   <si>
     <t>/update-question</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.updates.settings.edit_default|prf.module.updates.updates_for_team_members.set_custom]</t>
   </si>
   <si>
     <t>Add new Question in company default or custom</t>
   </si>
   <si>
     <t>Get Questions in company default or custom</t>
   </si>
   <si>
     <t>[{"name":"questionType","required":true,"in":"query","schema":{"default":"default","enum":["custom","default"],"type":"string"}}]</t>
   </si>
   <si>
     <t>/update-question/{id}</t>
   </si>
   <si>
     <t>get single Question in company default or custom</t>
   </si>
@@ -6529,63 +6529,63 @@
   <si>
     <t>Post Comment</t>
   </si>
   <si>
     <t>[{"name":"id","required":true,"in":"path","schema":{"type":"string"}},{"name":"pointId","required":true,"in":"path","schema":{"type":"string"}},{"name":"text","required":true,"in":"query","schema":{"example":"Great update!","type":"string"}}]</t>
   </si>
   <si>
     <t>/updates/{id}/points/{pointId}/comments/{commentId}</t>
   </si>
   <si>
     <t>[{"name":"id","required":true,"in":"path","schema":{"type":"string"}},{"name":"pointId","required":true,"in":"path","schema":{"type":"string"}},{"name":"commentId","required":true,"in":"path","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>📌 Settings ▶ Update Logs</t>
   </si>
   <si>
     <t>/update-logs</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.updates.updates_log.view|prf.setting.updates.updates_log.view_individual]</t>
   </si>
   <si>
     <t>Get update logs</t>
   </si>
   <si>
-    <t>[{"name":"limit","required":true,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":true,"in":"query","schema":{"default":0,"type":"number"}},{"name":"search","required":false,"in":"query","description":"Search by User or Manager","schema":{"type":"string"}},{"name":"updateLogType","required":true,"in":"query","schema":{"example":"update","enum":["update","individual"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["xxxxxxx-xxxx-xxxx-xxx-xxxxxxxx","xxxxxxx-xxxx-xxxx-xxx-xxxxxxxx"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["65xxxxxxxxxxxxx72","65xxxxxxxxxxxxx72"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}}]</t>
+    <t>[{"name":"limit","required":true,"in":"query","schema":{"default":10,"type":"number"}},{"name":"offset","required":true,"in":"query","schema":{"default":0,"type":"number"}},{"name":"search","required":false,"in":"query","description":"Search by User or Manager","schema":{"type":"string"}},{"name":"updateLogType","required":true,"in":"query","schema":{"example":"update","enum":["update","individual"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["xxxxxxx-xxxx-xxxx-xxx-xxxxxxxx","xxxxxxx-xxxx-xxxx-xxx-xxxxxxxx"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["65xxxxxxxxxxxxx72","65xxxxxxxxxxxxx72"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}}]</t>
   </si>
   <si>
     <t>/update-logs/download</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.updates.updates_log.download|prf.setting.updates.updates_log.download_excel]</t>
   </si>
   <si>
     <t>Download as CSV Get update Individual logs</t>
   </si>
   <si>
-    <t>[{"name":"updateLogType","required":true,"in":"query","schema":{"example":"update","enum":["update","individual"],"type":"string"}},{"name":"timeFrame","required":false,"in":"query","schema":{"example":"all","enum":["all","this_week","last_week","this_month","last_month","custom"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["managerId","managerId"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["departmentId","departmentId"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","type":"string"}}]</t>
+    <t>[{"name":"updateLogType","required":true,"in":"query","schema":{"example":"update","enum":["update","individual"],"type":"string"}},{"name":"timeFrame","required":false,"in":"query","schema":{"example":"all","enum":["all","this_week","last_week","this_month","last_month","custom"],"type":"string"}},{"name":"manager","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["managerId","managerId"],"type":"array","items":{"type":"string"}}},{"name":"department","required":false,"in":"query","style":"form","explode":false,"schema":{"example":["departmentId","departmentId"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","type":"string"}}]</t>
   </si>
   <si>
     <t>/update-logs/turn-on</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.updates.settings.edit_general]</t>
   </si>
   <si>
     <t>Turn on Update Individual logs</t>
   </si>
   <si>
     <t>[{"name":"userId","required":false,"in":"query","schema":{"type":"string"}},{"name":"status","required":false,"in":"query","schema":{"type":"boolean"}}]</t>
   </si>
   <si>
     <t>📌 Settings ▶ Career ▶ Skills</t>
   </si>
   <si>
     <t>/skills</t>
   </si>
   <si>
     <t>[Permission ID: prf.setting.career.skills.create]</t>
   </si>
   <si>
     <t>Create A Skill</t>
   </si>
@@ -10297,63 +10297,63 @@
   <si>
     <t>/reports/web-App-report/usage/user-activities</t>
   </si>
   <si>
     <t>[Permission ID: clk.report.web_and_app.usage_user_activity]</t>
   </si>
   <si>
     <t>Get webApp Report Usage User Activities</t>
   </si>
   <si>
     <t>[{"name":"userId","required":true,"in":"query","schema":{"example":"a85d37d1-d06b-4cb7-97a4-809c67617841","type":"string"}},{"name":"appName","required":true,"in":"query","schema":{"example":"Clock Log","type":"string"}},{"name":"offset","required":false,"in":"query","schema":{"example":0,"type":"number"}},{"name":"limit","required":false,"in":"query","schema":{"example":10,"type":"number"}},{"name":"search","required":false,"in":"query","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>📌 Reports ▶ Timeline</t>
   </si>
   <si>
     <t>/reports/timeline/list</t>
   </si>
   <si>
     <t>[Permission ID: clk.report.timeline.list]</t>
   </si>
   <si>
     <t>Timeline reports with details of the user and also filter and search</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"productivity","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"teamIds","required":false,"in":"query","schema":{"example":["6729cb06010f913167cafd7e","672da40d46e4d5e4fac990ba"],"type":"array","items":{"type":"string"}}},{"name":"userIds","required":false,"in":"query","schema":{"example":["39ca431d-1806-47c1-8af2-bae351bd9684","77ff73ac-bab1-4697-8e47-79596f84b80f"],"type":"array","items":{"type":"string"}}},{"name":"timeZone","required":false,"in":"query","schema":{"example":["GMT (Greenwich Mean Time)"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-01-05","type":"string"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"productivity","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"teamIds","required":false,"in":"query","schema":{"example":["6729cb06010f913167cafd7e","672da40d46e4d5e4fac990ba"],"type":"array","items":{"type":"string"}}},{"name":"userIds","required":false,"in":"query","schema":{"example":["39ca431d-1806-47c1-8af2-bae351bd9684","77ff73ac-bab1-4697-8e47-79596f84b80f"],"type":"array","items":{"type":"string"}}},{"name":"timeZone","required":false,"in":"query","schema":{"example":["GMT (Greenwich Mean Time)"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-03-04","type":"string"}},{"name":"offset","required":false,"in":"query","schema":{"default":0,"type":"number"}},{"name":"limit","required":false,"in":"query","schema":{"default":10,"type":"number"}}]</t>
   </si>
   <si>
     <t>/reports/timeline/export-timeline-report</t>
   </si>
   <si>
     <t>[Permission ID: clk.report.timeline.export]</t>
   </si>
   <si>
     <t>Export timeline Report</t>
   </si>
   <si>
-    <t>[{"name":"search","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"productivity","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"teamIds","required":false,"in":"query","schema":{"example":["6729cb06010f913167cafd7e","672da40d46e4d5e4fac990ba"],"type":"array","items":{"type":"string"}}},{"name":"userIds","required":false,"in":"query","schema":{"example":["39ca431d-1806-47c1-8af2-bae351bd9684","77ff73ac-bab1-4697-8e47-79596f84b80f"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-01-05","type":"string"}},{"name":"format","required":true,"in":"query","schema":{"default":"application/vnd.openxmlformats","enum":["application/vnd.openxmlformats","application/pdf","application/json","application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"],"type":"string"}}]</t>
+    <t>[{"name":"search","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"productivity","required":false,"in":"query","schema":{"example":"","type":"string"}},{"name":"teamIds","required":false,"in":"query","schema":{"example":["6729cb06010f913167cafd7e","672da40d46e4d5e4fac990ba"],"type":"array","items":{"type":"string"}}},{"name":"userIds","required":false,"in":"query","schema":{"example":["39ca431d-1806-47c1-8af2-bae351bd9684","77ff73ac-bab1-4697-8e47-79596f84b80f"],"type":"array","items":{"type":"string"}}},{"name":"startDate","required":false,"in":"query","schema":{"example":"2026-03-04","type":"string"}},{"name":"format","required":true,"in":"query","schema":{"default":"application/vnd.openxmlformats","enum":["application/vnd.openxmlformats","application/pdf","application/json","application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"],"type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/timeline/sessions</t>
   </si>
   <si>
     <t>[Permission ID: clk.report.timeline.view_sessions]</t>
   </si>
   <si>
     <t>Get session by date for single user.</t>
   </si>
   <si>
     <t>[{"name":"userId","required":true,"in":"query","schema":{"example":"ba4122a3-1ac8-4aaa-8994-dfe3455a18c9","type":"string"}},{"name":"date","required":true,"in":"query","schema":{"format":"date-time","example":"2024-11-29","type":"string"}}]</t>
   </si>
   <si>
     <t>/reports/timeline/single/{id}</t>
   </si>
   <si>
     <t>[Permission ID: clk.report.timeline.view]</t>
   </si>
   <si>
     <t>Get single timeline report of a user by id</t>
   </si>
   <si>
     <t>[{"name":"id","required":true,"in":"path","schema":{"example":"77ff73ac-bab1-4697-8e47-79596f84b80f","type":"string"}},{"name":"startTime","required":false,"in":"query","description":"startTime","schema":{"type":"string"}}]</t>
   </si>
@@ -10546,51 +10546,51 @@
   <si>
     <t>/customize-column</t>
   </si>
   <si>
     <t>Get all cutomize-column against user</t>
   </si>
   <si>
     <t>[{"name":"type","required":true,"in":"query","schema":{"type":"string"}}]</t>
   </si>
   <si>
     <t>Add cutomize-column</t>
   </si>
   <si>
     <t>📌 Home ▶ Dashboard</t>
   </si>
   <si>
     <t>/dashboard</t>
   </si>
   <si>
     <t>[Permission ID: clk.module.dashboard.dashboard.view]</t>
   </si>
   <si>
     <t>Get all data for the dashboard</t>
   </si>
   <si>
-    <t>[{"name":"userIds","required":false,"in":"query","schema":{"example":["23e7d153-cfe7-476a-a8a9-23ebb319dc29"],"type":"array","items":{"type":"string"}}},{"name":"teamIds","required":false,"in":"query","schema":{"example":["67e0f9bc56857ca121402b3b"],"type":"array","items":{"type":"string"}}},{"name":"dateRange","required":false,"in":"query","schema":{"default":"Custom","enum":["Today","Yesterday","Last_7_Days","Last_Week","Last_30_Days","This_Week","This_Month","Custom"],"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","example":"2026-01-05","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-01-05","example":"2026-01-05","type":"string"}}]</t>
+    <t>[{"name":"userIds","required":false,"in":"query","schema":{"example":["23e7d153-cfe7-476a-a8a9-23ebb319dc29"],"type":"array","items":{"type":"string"}}},{"name":"teamIds","required":false,"in":"query","schema":{"example":["67e0f9bc56857ca121402b3b"],"type":"array","items":{"type":"string"}}},{"name":"dateRange","required":false,"in":"query","schema":{"default":"Custom","enum":["Today","Yesterday","Last_7_Days","Last_Week","Last_30_Days","This_Week","This_Month","Custom"],"type":"string"}},{"name":"startDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","example":"2026-03-04","type":"string"}},{"name":"endDate","required":false,"in":"query","schema":{"format":"date-time","default":"2026-03-04","example":"2026-03-04","type":"string"}}]</t>
   </si>
   <si>
     <t>/dashboard/distraction</t>
   </si>
   <si>
     <t>Get distraction settings data on the dashboard</t>
   </si>
   <si>
     <t>/dashboard/services</t>
   </si>
   <si>
     <t>Get most used service on the dashboard</t>
   </si>
   <si>
     <t>/dashboard/projects</t>
   </si>
   <si>
     <t>Get top 5 proects based on time spent</t>
   </si>
   <si>
     <t>/dashboard/employe-of-the-month</t>
   </si>
   <si>
     <t>Get top employee of the month</t>
   </si>
@@ -11100,51 +11100,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E1633"/>
+  <dimension ref="A1:E1634"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="40" customWidth="1"/>
     <col min="4" max="4" width="50" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -16808,19204 +16808,19221 @@
       </c>
       <c r="C351" t="s">
         <v>106</v>
       </c>
       <c r="D351" t="s">
         <v>823</v>
       </c>
       <c r="E351" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
         <v>825</v>
       </c>
       <c r="B353" s="1"/>
       <c r="C353" s="1"/>
       <c r="D353" s="1"/>
       <c r="E353" s="1"/>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
         <v>826</v>
       </c>
       <c r="B354" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C354" t="s">
         <v>106</v>
       </c>
       <c r="D354" t="s">
         <v>106</v>
       </c>
       <c r="E354" t="s">
-        <v>827</v>
+        <v>10</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="B355" t="s">
         <v>11</v>
       </c>
       <c r="C355" t="s">
         <v>106</v>
       </c>
       <c r="D355" t="s">
         <v>106</v>
       </c>
       <c r="E355" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="B356" t="s">
         <v>11</v>
       </c>
       <c r="C356" t="s">
         <v>106</v>
       </c>
       <c r="D356" t="s">
         <v>106</v>
       </c>
       <c r="E356" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B357" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C357" t="s">
         <v>106</v>
       </c>
       <c r="D357" t="s">
         <v>106</v>
       </c>
       <c r="E357" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>831</v>
+      </c>
+      <c r="B358" t="s">
+        <v>36</v>
+      </c>
+      <c r="C358" t="s">
+        <v>106</v>
+      </c>
+      <c r="D358" t="s">
+        <v>106</v>
+      </c>
+      <c r="E358" t="s">
         <v>832</v>
       </c>
     </row>
-    <row r="359" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A359" s="1" t="s">
+    <row r="360" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A360" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B359" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B360" s="1"/>
+      <c r="C360" s="1"/>
+      <c r="D360" s="1"/>
+      <c r="E360" s="1"/>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="B361" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C361" t="s">
         <v>106</v>
       </c>
       <c r="D361" t="s">
-        <v>250</v>
+        <v>835</v>
       </c>
       <c r="E361" t="s">
-        <v>837</v>
+        <v>10</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="B362" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C362" t="s">
         <v>106</v>
       </c>
       <c r="D362" t="s">
         <v>250</v>
       </c>
       <c r="E362" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="A364" s="1" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>838</v>
+      </c>
+      <c r="B363" t="s">
+        <v>18</v>
+      </c>
+      <c r="C363" t="s">
+        <v>106</v>
+      </c>
+      <c r="D363" t="s">
+        <v>250</v>
+      </c>
+      <c r="E363" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A365" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B364" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B365" s="1"/>
+      <c r="C365" s="1"/>
+      <c r="D365" s="1"/>
+      <c r="E365" s="1"/>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
         <v>840</v>
       </c>
       <c r="B366" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C366" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="D366" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="E366" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="B367" t="s">
         <v>11</v>
       </c>
       <c r="C367" t="s">
-        <v>154</v>
+        <v>843</v>
       </c>
       <c r="D367" t="s">
-        <v>250</v>
+        <v>844</v>
       </c>
       <c r="E367" t="s">
-        <v>846</v>
+        <v>188</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B368" t="s">
         <v>11</v>
       </c>
       <c r="C368" t="s">
-        <v>843</v>
+        <v>154</v>
       </c>
       <c r="D368" t="s">
-        <v>848</v>
+        <v>250</v>
       </c>
       <c r="E368" t="s">
-        <v>10</v>
+        <v>846</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="B369" t="s">
         <v>11</v>
       </c>
       <c r="C369" t="s">
         <v>843</v>
       </c>
       <c r="D369" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="E369" t="s">
-        <v>851</v>
+        <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="B370" t="s">
         <v>11</v>
       </c>
       <c r="C370" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="D370" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="E370" t="s">
-        <v>208</v>
+        <v>851</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
         <v>852</v>
       </c>
       <c r="B371" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C371" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="D371" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="E371" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
         <v>852</v>
       </c>
       <c r="B372" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C372" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="D372" t="s">
-        <v>759</v>
+        <v>856</v>
       </c>
       <c r="E372" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="B373" t="s">
         <v>36</v>
       </c>
       <c r="C373" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="D373" t="s">
-        <v>860</v>
+        <v>759</v>
       </c>
       <c r="E373" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="B374" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C374" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D374" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="E374" t="s">
-        <v>338</v>
+        <v>208</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
         <v>861</v>
       </c>
       <c r="B375" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C375" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="D375" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="E375" t="s">
-        <v>208</v>
+        <v>338</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
         <v>861</v>
       </c>
       <c r="B376" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C376" t="s">
         <v>864</v>
       </c>
       <c r="D376" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="E376" t="s">
-        <v>867</v>
+        <v>208</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="B377" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C377" t="s">
         <v>864</v>
       </c>
       <c r="D377" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="E377" t="s">
-        <v>208</v>
+        <v>867</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="B378" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C378" t="s">
-        <v>870</v>
+        <v>864</v>
       </c>
       <c r="D378" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
       <c r="E378" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="380" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A380" s="1" t="s">
+    <row r="379" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>869</v>
+      </c>
+      <c r="B379" t="s">
+        <v>7</v>
+      </c>
+      <c r="C379" t="s">
+        <v>870</v>
+      </c>
+      <c r="D379" t="s">
+        <v>871</v>
+      </c>
+      <c r="E379" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A381" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="B380" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B381" s="1"/>
+      <c r="C381" s="1"/>
+      <c r="D381" s="1"/>
+      <c r="E381" s="1"/>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="B382" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C382" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D382" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="E382" t="s">
-        <v>10</v>
+        <v>875</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B383" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C383" t="s">
         <v>841</v>
       </c>
       <c r="D383" t="s">
+        <v>877</v>
+      </c>
+      <c r="E383" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
+        <v>878</v>
+      </c>
+      <c r="B384" t="s">
+        <v>36</v>
+      </c>
+      <c r="C384" t="s">
+        <v>841</v>
+      </c>
+      <c r="D384" t="s">
         <v>879</v>
       </c>
-      <c r="E383" t="s">
-[...4 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="E384" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A386" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="B385" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B386" s="1"/>
+      <c r="C386" s="1"/>
+      <c r="D386" s="1"/>
+      <c r="E386" s="1"/>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="B387" t="s">
         <v>11</v>
       </c>
       <c r="C387" t="s">
         <v>154</v>
       </c>
       <c r="D387" t="s">
-        <v>883</v>
+        <v>236</v>
       </c>
       <c r="E387" t="s">
-        <v>884</v>
+        <v>10</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="B388" t="s">
         <v>11</v>
       </c>
       <c r="C388" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="D388" t="s">
-        <v>106</v>
+        <v>883</v>
       </c>
       <c r="E388" t="s">
-        <v>824</v>
+        <v>884</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="B389" t="s">
         <v>11</v>
       </c>
       <c r="C389" t="s">
         <v>106</v>
       </c>
       <c r="D389" t="s">
         <v>106</v>
       </c>
       <c r="E389" t="s">
-        <v>208</v>
+        <v>824</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="B390" t="s">
         <v>11</v>
       </c>
       <c r="C390" t="s">
         <v>106</v>
       </c>
       <c r="D390" t="s">
         <v>106</v>
       </c>
       <c r="E390" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="B391" t="s">
         <v>11</v>
       </c>
       <c r="C391" t="s">
         <v>106</v>
       </c>
       <c r="D391" t="s">
         <v>106</v>
       </c>
       <c r="E391" t="s">
-        <v>889</v>
+        <v>10</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="B392" t="s">
         <v>11</v>
       </c>
       <c r="C392" t="s">
         <v>106</v>
       </c>
       <c r="D392" t="s">
         <v>106</v>
       </c>
       <c r="E392" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B393" t="s">
         <v>11</v>
       </c>
       <c r="C393" t="s">
-        <v>154</v>
+        <v>106</v>
       </c>
       <c r="D393" t="s">
-        <v>893</v>
+        <v>106</v>
       </c>
       <c r="E393" t="s">
-        <v>10</v>
+        <v>891</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
+        <v>892</v>
+      </c>
+      <c r="B394" t="s">
+        <v>11</v>
+      </c>
+      <c r="C394" t="s">
+        <v>154</v>
+      </c>
+      <c r="D394" t="s">
+        <v>893</v>
+      </c>
+      <c r="E394" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
         <v>894</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="B395" t="s">
+        <v>11</v>
+      </c>
+      <c r="C395" t="s">
         <v>106</v>
       </c>
-      <c r="D394" t="s">
+      <c r="D395" t="s">
         <v>895</v>
       </c>
-      <c r="E394" t="s">
-[...4 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="E395" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A397" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B396" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B397" s="1"/>
+      <c r="C397" s="1"/>
+      <c r="D397" s="1"/>
+      <c r="E397" s="1"/>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B398" t="s">
         <v>11</v>
       </c>
       <c r="C398" t="s">
         <v>154</v>
       </c>
       <c r="D398" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="E398" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B399" t="s">
         <v>11</v>
       </c>
       <c r="C399" t="s">
         <v>154</v>
       </c>
       <c r="D399" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="E399" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B400" t="s">
         <v>11</v>
       </c>
       <c r="C400" t="s">
         <v>154</v>
       </c>
       <c r="D400" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="E400" t="s">
-        <v>10</v>
+        <v>899</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B401" t="s">
         <v>11</v>
       </c>
       <c r="C401" t="s">
         <v>154</v>
       </c>
       <c r="D401" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="E401" t="s">
-        <v>899</v>
+        <v>10</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="B402" t="s">
         <v>11</v>
       </c>
       <c r="C402" t="s">
         <v>154</v>
       </c>
       <c r="D402" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="E402" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="B403" t="s">
         <v>11</v>
       </c>
       <c r="C403" t="s">
         <v>154</v>
       </c>
       <c r="D403" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="E403" t="s">
-        <v>10</v>
+        <v>899</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="B404" t="s">
         <v>11</v>
       </c>
       <c r="C404" t="s">
         <v>154</v>
       </c>
       <c r="D404" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="E404" t="s">
-        <v>899</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="B405" t="s">
         <v>11</v>
       </c>
       <c r="C405" t="s">
         <v>154</v>
       </c>
       <c r="D405" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="E405" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B406" t="s">
         <v>11</v>
       </c>
       <c r="C406" t="s">
         <v>154</v>
       </c>
       <c r="D406" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="E406" t="s">
         <v>899</v>
       </c>
     </row>
-    <row r="408" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A408" s="1" t="s">
+    <row r="407" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
+        <v>916</v>
+      </c>
+      <c r="B407" t="s">
+        <v>11</v>
+      </c>
+      <c r="C407" t="s">
+        <v>154</v>
+      </c>
+      <c r="D407" t="s">
+        <v>917</v>
+      </c>
+      <c r="E407" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A409" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="B408" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B409" s="1"/>
+      <c r="C409" s="1"/>
+      <c r="D409" s="1"/>
+      <c r="E409" s="1"/>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="B410" t="s">
         <v>11</v>
       </c>
       <c r="C410" t="s">
         <v>106</v>
       </c>
       <c r="D410" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="E410" t="s">
-        <v>10</v>
+        <v>921</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B411" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C411" t="s">
         <v>106</v>
       </c>
       <c r="D411" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="E411" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B412" t="s">
         <v>82</v>
       </c>
       <c r="C412" t="s">
         <v>106</v>
       </c>
       <c r="D412" t="s">
         <v>925</v>
       </c>
       <c r="E412" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="B413" t="s">
         <v>82</v>
       </c>
       <c r="C413" t="s">
         <v>106</v>
       </c>
       <c r="D413" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="E413" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="B414" t="s">
         <v>82</v>
       </c>
       <c r="C414" t="s">
         <v>106</v>
       </c>
       <c r="D414" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="E414" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="B415" t="s">
         <v>82</v>
       </c>
       <c r="C415" t="s">
         <v>106</v>
       </c>
       <c r="D415" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="E415" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B416" t="s">
         <v>82</v>
       </c>
       <c r="C416" t="s">
         <v>106</v>
       </c>
       <c r="D416" t="s">
+        <v>932</v>
+      </c>
+      <c r="E416" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A417" t="s">
+        <v>933</v>
+      </c>
+      <c r="B417" t="s">
+        <v>82</v>
+      </c>
+      <c r="C417" t="s">
+        <v>106</v>
+      </c>
+      <c r="D417" t="s">
         <v>934</v>
       </c>
-      <c r="E416" t="s">
-[...4 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="E417" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A419" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B418" s="1"/>
-[...5 lines deleted...]
-      <c r="A419" t="s">
+      <c r="B419" s="1"/>
+      <c r="C419" s="1"/>
+      <c r="D419" s="1"/>
+      <c r="E419" s="1"/>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A420" t="s">
         <v>936</v>
       </c>
-      <c r="B419" t="s">
-[...2 lines deleted...]
-      <c r="C419" t="s">
+      <c r="B420" t="s">
+        <v>11</v>
+      </c>
+      <c r="C420" t="s">
         <v>106</v>
       </c>
-      <c r="D419" t="s">
+      <c r="D420" t="s">
         <v>106</v>
       </c>
-      <c r="E419" t="s">
-[...4 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="E420" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A422" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B421" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B422" s="1"/>
+      <c r="C422" s="1"/>
+      <c r="D422" s="1"/>
+      <c r="E422" s="1"/>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="B423" t="s">
         <v>11</v>
       </c>
       <c r="C423" t="s">
         <v>106</v>
       </c>
       <c r="D423" t="s">
         <v>106</v>
       </c>
       <c r="E423" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="B424" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C424" t="s">
         <v>106</v>
       </c>
       <c r="D424" t="s">
         <v>106</v>
       </c>
       <c r="E424" t="s">
-        <v>10</v>
+        <v>939</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="B425" t="s">
         <v>7</v>
       </c>
       <c r="C425" t="s">
         <v>106</v>
       </c>
       <c r="D425" t="s">
         <v>106</v>
       </c>
       <c r="E425" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="427" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A427" s="1" t="s">
+    <row r="426" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A426" t="s">
+        <v>942</v>
+      </c>
+      <c r="B426" t="s">
+        <v>7</v>
+      </c>
+      <c r="C426" t="s">
+        <v>106</v>
+      </c>
+      <c r="D426" t="s">
+        <v>106</v>
+      </c>
+      <c r="E426" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A428" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="B427" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B428" s="1"/>
+      <c r="C428" s="1"/>
+      <c r="D428" s="1"/>
+      <c r="E428" s="1"/>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B429" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C429" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="D429" t="s">
         <v>250</v>
       </c>
       <c r="E429" t="s">
-        <v>152</v>
+        <v>10</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="B430" t="s">
         <v>11</v>
       </c>
       <c r="C430" t="s">
         <v>947</v>
       </c>
       <c r="D430" t="s">
         <v>250</v>
       </c>
       <c r="E430" t="s">
-        <v>949</v>
+        <v>152</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="B431" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C431" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="D431" t="s">
         <v>250</v>
       </c>
       <c r="E431" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="B432" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C432" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="D432" t="s">
         <v>250</v>
       </c>
       <c r="E432" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B433" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C433" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="D433" t="s">
         <v>250</v>
       </c>
       <c r="E433" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
     </row>
     <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="B434" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C434" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="D434" t="s">
         <v>250</v>
       </c>
       <c r="E434" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="B435" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C435" t="s">
-        <v>956</v>
+        <v>947</v>
       </c>
       <c r="D435" t="s">
         <v>250</v>
       </c>
       <c r="E435" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
     </row>
     <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="B436" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C436" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="D436" t="s">
         <v>250</v>
       </c>
       <c r="E436" t="s">
-        <v>10</v>
+        <v>961</v>
       </c>
     </row>
     <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="B437" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C437" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="D437" t="s">
         <v>250</v>
       </c>
       <c r="E437" t="s">
-        <v>966</v>
+        <v>10</v>
       </c>
     </row>
     <row r="438" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="B438" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C438" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="D438" t="s">
         <v>250</v>
       </c>
       <c r="E438" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
     </row>
     <row r="439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="B439" t="s">
         <v>11</v>
       </c>
       <c r="C439" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="D439" t="s">
         <v>250</v>
       </c>
       <c r="E439" t="s">
-        <v>251</v>
+        <v>969</v>
       </c>
     </row>
     <row r="440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="B440" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C440" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
       <c r="D440" t="s">
         <v>250</v>
       </c>
       <c r="E440" t="s">
-        <v>974</v>
+        <v>251</v>
       </c>
     </row>
     <row r="441" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="B441" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C441" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D441" t="s">
         <v>250</v>
       </c>
       <c r="E441" t="s">
-        <v>254</v>
+        <v>974</v>
       </c>
     </row>
     <row r="442" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="B442" t="s">
         <v>11</v>
       </c>
       <c r="C442" t="s">
         <v>971</v>
       </c>
       <c r="D442" t="s">
         <v>250</v>
       </c>
       <c r="E442" t="s">
-        <v>977</v>
+        <v>254</v>
       </c>
     </row>
     <row r="443" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="B443" t="s">
         <v>11</v>
       </c>
       <c r="C443" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
       <c r="D443" t="s">
         <v>250</v>
       </c>
       <c r="E443" t="s">
-        <v>152</v>
+        <v>977</v>
       </c>
     </row>
     <row r="444" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="B444" t="s">
         <v>11</v>
       </c>
       <c r="C444" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="D444" t="s">
         <v>250</v>
       </c>
       <c r="E444" t="s">
-        <v>10</v>
+        <v>152</v>
       </c>
     </row>
     <row r="445" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="B445" t="s">
         <v>11</v>
       </c>
       <c r="C445" t="s">
         <v>971</v>
       </c>
       <c r="D445" t="s">
         <v>250</v>
       </c>
       <c r="E445" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>981</v>
+      </c>
+      <c r="B446" t="s">
+        <v>11</v>
+      </c>
+      <c r="C446" t="s">
+        <v>971</v>
+      </c>
+      <c r="D446" t="s">
+        <v>250</v>
+      </c>
+      <c r="E446" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="447" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A447" s="1" t="s">
+    <row r="448" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A448" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B447" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B448" s="1"/>
+      <c r="C448" s="1"/>
+      <c r="D448" s="1"/>
+      <c r="E448" s="1"/>
     </row>
     <row r="449" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="B449" t="s">
         <v>7</v>
       </c>
       <c r="C449" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="D449" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="E449" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="B450" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C450" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="D450" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="E450" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="451" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="B451" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C451" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="D451" t="s">
         <v>992</v>
       </c>
       <c r="E451" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="452" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B452" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C452" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="D452" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="E452" t="s">
-        <v>998</v>
+        <v>10</v>
       </c>
     </row>
     <row r="453" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="B453" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C453" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="D453" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="E453" t="s">
-        <v>10</v>
+        <v>998</v>
       </c>
     </row>
     <row r="454" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="B454" t="s">
         <v>36</v>
       </c>
       <c r="C454" t="s">
         <v>1000</v>
       </c>
       <c r="D454" t="s">
         <v>1001</v>
       </c>
       <c r="E454" t="s">
-        <v>1003</v>
+        <v>10</v>
       </c>
     </row>
     <row r="455" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="B455" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C455" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="D455" t="s">
-        <v>250</v>
+        <v>1001</v>
       </c>
       <c r="E455" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="456" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="B456" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="C456" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="D456" t="s">
         <v>250</v>
       </c>
       <c r="E456" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="457" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="B457" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C457" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D457" t="s">
-        <v>1011</v>
+        <v>250</v>
       </c>
       <c r="E457" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="458" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="B458" t="s">
         <v>11</v>
       </c>
       <c r="C458" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="D458" t="s">
         <v>1011</v>
       </c>
       <c r="E458" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="B459" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C459" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="D459" t="s">
-        <v>1017</v>
+        <v>1011</v>
       </c>
       <c r="E459" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="B460" t="s">
         <v>18</v>
       </c>
       <c r="C460" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="D460" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="E460" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="B461" t="s">
         <v>18</v>
       </c>
       <c r="C461" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="D461" t="s">
-        <v>250</v>
+        <v>1021</v>
       </c>
       <c r="E461" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="B462" t="s">
         <v>18</v>
       </c>
       <c r="C462" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="D462" t="s">
-        <v>1026</v>
+        <v>250</v>
       </c>
       <c r="E462" t="s">
-        <v>1027</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B463" t="s">
         <v>18</v>
       </c>
       <c r="C463" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="D463" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="E463" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="B464" t="s">
         <v>18</v>
       </c>
       <c r="C464" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="D464" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="E464" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="B465" t="s">
         <v>18</v>
       </c>
       <c r="C465" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="D465" t="s">
-        <v>250</v>
+        <v>1034</v>
       </c>
       <c r="E465" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="466" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="B466" t="s">
         <v>18</v>
       </c>
       <c r="C466" t="s">
         <v>1023</v>
       </c>
       <c r="D466" t="s">
-        <v>1038</v>
+        <v>250</v>
       </c>
       <c r="E466" t="s">
-        <v>1014</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="467" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="B467" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C467" t="s">
-        <v>1040</v>
+        <v>1023</v>
       </c>
       <c r="D467" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="E467" t="s">
-        <v>1036</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="B468" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C468" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="D468" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="E468" t="s">
-        <v>1045</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="B469" t="s">
         <v>11</v>
       </c>
       <c r="C469" t="s">
-        <v>154</v>
+        <v>1043</v>
       </c>
       <c r="D469" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="E469" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="B470" t="s">
         <v>11</v>
       </c>
       <c r="C470" t="s">
-        <v>1050</v>
+        <v>154</v>
       </c>
       <c r="D470" t="s">
-        <v>250</v>
+        <v>1047</v>
       </c>
       <c r="E470" t="s">
-        <v>10</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="B471" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C471" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="D471" t="s">
-        <v>1053</v>
+        <v>250</v>
       </c>
       <c r="E471" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="B472" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C472" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="D472" t="s">
-        <v>250</v>
+        <v>1053</v>
       </c>
       <c r="E472" t="s">
-        <v>1055</v>
+        <v>10</v>
       </c>
     </row>
     <row r="473" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="B473" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C473" t="s">
-        <v>1057</v>
+        <v>1040</v>
       </c>
       <c r="D473" t="s">
         <v>250</v>
       </c>
       <c r="E473" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="474" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="B474" t="s">
         <v>7</v>
       </c>
       <c r="C474" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="D474" t="s">
         <v>250</v>
       </c>
       <c r="E474" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B475" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C475" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="D475" t="s">
         <v>250</v>
       </c>
       <c r="E475" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="476" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="B476" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C476" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="D476" t="s">
         <v>250</v>
       </c>
       <c r="E476" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="477" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="B477" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C477" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="D477" t="s">
         <v>250</v>
       </c>
       <c r="E477" t="s">
-        <v>1067</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="478" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="B478" t="s">
         <v>11</v>
       </c>
       <c r="C478" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="D478" t="s">
         <v>250</v>
       </c>
       <c r="E478" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="479" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="B479" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C479" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="D479" t="s">
         <v>250</v>
       </c>
       <c r="E479" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="480" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="B480" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C480" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="D480" t="s">
         <v>250</v>
       </c>
       <c r="E480" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="B481" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C481" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="D481" t="s">
         <v>250</v>
       </c>
       <c r="E481" t="s">
-        <v>10</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B482" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C482" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="D482" t="s">
         <v>250</v>
       </c>
       <c r="E482" t="s">
-        <v>1080</v>
+        <v>10</v>
       </c>
     </row>
     <row r="483" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B483" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C483" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="D483" t="s">
         <v>250</v>
       </c>
       <c r="E483" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="484" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="B484" t="s">
         <v>11</v>
       </c>
       <c r="C484" t="s">
-        <v>154</v>
+        <v>1082</v>
       </c>
       <c r="D484" t="s">
         <v>250</v>
       </c>
       <c r="E484" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="485" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="B485" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C485" t="s">
-        <v>1086</v>
+        <v>154</v>
       </c>
       <c r="D485" t="s">
         <v>250</v>
       </c>
       <c r="E485" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="486" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="B486" t="s">
         <v>18</v>
       </c>
       <c r="C486" t="s">
-        <v>154</v>
+        <v>1086</v>
       </c>
       <c r="D486" t="s">
         <v>250</v>
       </c>
       <c r="E486" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="487" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="B487" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C487" t="s">
         <v>154</v>
       </c>
       <c r="D487" t="s">
         <v>250</v>
       </c>
       <c r="E487" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="488" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="B488" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C488" t="s">
         <v>154</v>
       </c>
       <c r="D488" t="s">
         <v>250</v>
       </c>
       <c r="E488" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="489" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="B489" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C489" t="s">
         <v>154</v>
       </c>
       <c r="D489" t="s">
         <v>250</v>
       </c>
       <c r="E489" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="490" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="B490" t="s">
         <v>11</v>
       </c>
       <c r="C490" t="s">
-        <v>1097</v>
+        <v>154</v>
       </c>
       <c r="D490" t="s">
         <v>250</v>
       </c>
       <c r="E490" t="s">
-        <v>1045</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="491" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="B491" t="s">
         <v>11</v>
       </c>
       <c r="C491" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="D491" t="s">
         <v>250</v>
       </c>
       <c r="E491" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="492" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B492" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C492" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D492" t="s">
         <v>250</v>
       </c>
       <c r="E492" t="s">
-        <v>10</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="493" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="B493" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C493" t="s">
-        <v>154</v>
+        <v>1101</v>
       </c>
       <c r="D493" t="s">
         <v>250</v>
       </c>
       <c r="E493" t="s">
-        <v>1103</v>
+        <v>10</v>
       </c>
     </row>
     <row r="494" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="B494" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C494" t="s">
-        <v>1060</v>
+        <v>154</v>
       </c>
       <c r="D494" t="s">
         <v>250</v>
       </c>
       <c r="E494" t="s">
-        <v>10</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="495" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="B495" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C495" t="s">
-        <v>1106</v>
+        <v>1060</v>
       </c>
       <c r="D495" t="s">
         <v>250</v>
       </c>
       <c r="E495" t="s">
-        <v>1107</v>
+        <v>10</v>
       </c>
     </row>
     <row r="496" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="B496" t="s">
         <v>11</v>
       </c>
       <c r="C496" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="D496" t="s">
         <v>250</v>
       </c>
       <c r="E496" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="497" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="B497" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C497" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="D497" t="s">
-        <v>106</v>
+        <v>250</v>
       </c>
       <c r="E497" t="s">
-        <v>10</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="B498" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C498" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D498" t="s">
-        <v>250</v>
+        <v>106</v>
       </c>
       <c r="E498" t="s">
-        <v>1115</v>
+        <v>10</v>
       </c>
     </row>
     <row r="499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="B499" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C499" t="s">
-        <v>106</v>
+        <v>1114</v>
       </c>
       <c r="D499" t="s">
-        <v>1117</v>
+        <v>250</v>
       </c>
       <c r="E499" t="s">
-        <v>10</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="500" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="B500" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C500" t="s">
         <v>106</v>
       </c>
       <c r="D500" t="s">
-        <v>106</v>
+        <v>1117</v>
       </c>
       <c r="E500" t="s">
-        <v>1119</v>
+        <v>10</v>
       </c>
     </row>
     <row r="501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="B501" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C501" t="s">
-        <v>1121</v>
+        <v>106</v>
       </c>
       <c r="D501" t="s">
-        <v>250</v>
+        <v>106</v>
       </c>
       <c r="E501" t="s">
-        <v>10</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="502" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="B502" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C502" t="s">
-        <v>154</v>
+        <v>1121</v>
       </c>
       <c r="D502" t="s">
-        <v>1123</v>
+        <v>250</v>
       </c>
       <c r="E502" t="s">
-        <v>1027</v>
+        <v>10</v>
       </c>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="B503" t="s">
         <v>11</v>
       </c>
       <c r="C503" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="D503" t="s">
-        <v>106</v>
+        <v>1123</v>
       </c>
       <c r="E503" t="s">
-        <v>1125</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="504" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="B504" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C504" t="s">
         <v>106</v>
       </c>
       <c r="D504" t="s">
         <v>106</v>
       </c>
       <c r="E504" t="s">
-        <v>10</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
       <c r="B505" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C505" t="s">
         <v>106</v>
       </c>
       <c r="D505" t="s">
-        <v>1128</v>
+        <v>106</v>
       </c>
       <c r="E505" t="s">
-        <v>1129</v>
+        <v>10</v>
       </c>
     </row>
     <row r="506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B506" t="s">
         <v>11</v>
       </c>
       <c r="C506" t="s">
         <v>106</v>
       </c>
       <c r="D506" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A507" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B507" t="s">
+        <v>11</v>
+      </c>
+      <c r="C507" t="s">
+        <v>106</v>
+      </c>
+      <c r="D507" t="s">
         <v>1131</v>
       </c>
-      <c r="E506" t="s">
+      <c r="E507" t="s">
         <v>1132</v>
       </c>
     </row>
-    <row r="508" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A508" s="1" t="s">
+    <row r="509" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A509" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B508" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B509" s="1"/>
+      <c r="C509" s="1"/>
+      <c r="D509" s="1"/>
+      <c r="E509" s="1"/>
     </row>
     <row r="510" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="B510" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C510" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D510" t="s">
         <v>250</v>
       </c>
       <c r="E510" t="s">
-        <v>1138</v>
+        <v>10</v>
       </c>
     </row>
     <row r="511" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="B511" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C511" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="D511" t="s">
         <v>250</v>
       </c>
       <c r="E511" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="B512" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C512" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D512" t="s">
         <v>250</v>
       </c>
       <c r="E512" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="513" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="B513" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C513" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="D513" t="s">
         <v>250</v>
       </c>
       <c r="E513" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="B514" t="s">
         <v>82</v>
       </c>
       <c r="C514" t="s">
         <v>1144</v>
       </c>
       <c r="D514" t="s">
         <v>250</v>
       </c>
       <c r="E514" t="s">
-        <v>10</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
-        <v>1147</v>
+        <v>1146</v>
       </c>
       <c r="B515" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C515" t="s">
-        <v>106</v>
+        <v>1144</v>
       </c>
       <c r="D515" t="s">
-        <v>1148</v>
+        <v>250</v>
       </c>
       <c r="E515" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="516" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="B516" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C516" t="s">
         <v>106</v>
       </c>
       <c r="D516" t="s">
-        <v>106</v>
+        <v>1148</v>
       </c>
       <c r="E516" t="s">
-        <v>1150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="517" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="B517" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C517" t="s">
-        <v>1140</v>
+        <v>106</v>
       </c>
       <c r="D517" t="s">
-        <v>250</v>
+        <v>106</v>
       </c>
       <c r="E517" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="518" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="B518" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C518" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="D518" t="s">
         <v>250</v>
       </c>
       <c r="E518" t="s">
-        <v>10</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="519" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="B519" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C519" t="s">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="D519" t="s">
         <v>250</v>
       </c>
       <c r="E519" t="s">
-        <v>1155</v>
+        <v>10</v>
       </c>
     </row>
     <row r="520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="B520" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C520" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="D520" t="s">
         <v>250</v>
       </c>
       <c r="E520" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="521" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B521" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C521" t="s">
-        <v>1158</v>
+        <v>1140</v>
       </c>
       <c r="D521" t="s">
         <v>250</v>
       </c>
       <c r="E521" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="522" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="B522" t="s">
         <v>11</v>
       </c>
       <c r="C522" t="s">
-        <v>1137</v>
+        <v>1158</v>
       </c>
       <c r="D522" t="s">
         <v>250</v>
       </c>
       <c r="E522" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="B523" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C523" t="s">
-        <v>1163</v>
+        <v>1137</v>
       </c>
       <c r="D523" t="s">
         <v>250</v>
       </c>
       <c r="E523" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="B524" t="s">
         <v>7</v>
       </c>
       <c r="C524" t="s">
         <v>1163</v>
       </c>
       <c r="D524" t="s">
         <v>250</v>
       </c>
       <c r="E524" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="525" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="B525" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C525" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="D525" t="s">
         <v>250</v>
       </c>
       <c r="E525" t="s">
-        <v>10</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="526" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="B526" t="s">
         <v>11</v>
       </c>
       <c r="C526" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="D526" t="s">
         <v>250</v>
       </c>
       <c r="E526" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="527" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="B527" t="s">
         <v>11</v>
       </c>
       <c r="C527" t="s">
         <v>1170</v>
       </c>
       <c r="D527" t="s">
         <v>250</v>
       </c>
       <c r="E527" t="s">
-        <v>1172</v>
+        <v>10</v>
       </c>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="B528" t="s">
         <v>11</v>
       </c>
       <c r="C528" t="s">
         <v>1170</v>
       </c>
       <c r="D528" t="s">
         <v>250</v>
       </c>
       <c r="E528" t="s">
-        <v>10</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="B529" t="s">
         <v>11</v>
       </c>
       <c r="C529" t="s">
         <v>1170</v>
       </c>
       <c r="D529" t="s">
         <v>250</v>
       </c>
       <c r="E529" t="s">
-        <v>1172</v>
+        <v>10</v>
       </c>
     </row>
     <row r="530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="B530" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C530" t="s">
-        <v>1176</v>
+        <v>1170</v>
       </c>
       <c r="D530" t="s">
         <v>250</v>
       </c>
       <c r="E530" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="B531" t="s">
         <v>82</v>
       </c>
       <c r="C531" t="s">
         <v>1176</v>
       </c>
       <c r="D531" t="s">
         <v>250</v>
       </c>
       <c r="E531" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="532" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="B532" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C532" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="D532" t="s">
         <v>250</v>
       </c>
       <c r="E532" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="533" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="B533" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C533" t="s">
-        <v>1135</v>
+        <v>1181</v>
       </c>
       <c r="D533" t="s">
         <v>250</v>
       </c>
       <c r="E533" t="s">
-        <v>10</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="B534" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C534" t="s">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="D534" t="s">
         <v>250</v>
       </c>
       <c r="E534" t="s">
-        <v>1155</v>
+        <v>10</v>
       </c>
     </row>
     <row r="535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="B535" t="s">
         <v>18</v>
       </c>
       <c r="C535" t="s">
         <v>1144</v>
       </c>
       <c r="D535" t="s">
         <v>250</v>
       </c>
       <c r="E535" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="536" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="B536" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C536" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="D536" t="s">
         <v>250</v>
       </c>
       <c r="E536" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="537" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="B537" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C537" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D537" t="s">
         <v>250</v>
       </c>
       <c r="E537" t="s">
-        <v>1188</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="538" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="B538" t="s">
         <v>11</v>
       </c>
       <c r="C538" t="s">
         <v>1137</v>
       </c>
       <c r="D538" t="s">
         <v>250</v>
       </c>
       <c r="E538" t="s">
-        <v>1161</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="B539" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C539" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="D539" t="s">
         <v>250</v>
       </c>
       <c r="E539" t="s">
-        <v>10</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="B540" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C540" t="s">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="D540" t="s">
         <v>250</v>
       </c>
       <c r="E540" t="s">
-        <v>1192</v>
+        <v>10</v>
       </c>
     </row>
     <row r="541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="B541" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C541" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="D541" t="s">
         <v>250</v>
       </c>
       <c r="E541" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="B542" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C542" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D542" t="s">
         <v>250</v>
       </c>
       <c r="E542" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="543" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="B543" t="s">
         <v>11</v>
       </c>
       <c r="C543" t="s">
         <v>1137</v>
       </c>
       <c r="D543" t="s">
         <v>250</v>
       </c>
       <c r="E543" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="544" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="B544" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C544" t="s">
-        <v>1199</v>
+        <v>1137</v>
       </c>
       <c r="D544" t="s">
         <v>250</v>
       </c>
       <c r="E544" t="s">
-        <v>10</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="545" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A545" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="B545" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C545" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="D545" t="s">
         <v>250</v>
       </c>
       <c r="E545" t="s">
-        <v>1202</v>
+        <v>10</v>
       </c>
     </row>
     <row r="546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A546" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="B546" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C546" t="s">
-        <v>154</v>
+        <v>1201</v>
       </c>
       <c r="D546" t="s">
         <v>250</v>
       </c>
       <c r="E546" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="547" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="B547" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C547" t="s">
-        <v>1135</v>
+        <v>154</v>
       </c>
       <c r="D547" t="s">
         <v>250</v>
       </c>
       <c r="E547" t="s">
-        <v>10</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="548" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A548" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="B548" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C548" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D548" t="s">
         <v>250</v>
       </c>
       <c r="E548" t="s">
-        <v>1207</v>
+        <v>10</v>
       </c>
     </row>
     <row r="549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A549" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="B549" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C549" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="D549" t="s">
         <v>250</v>
       </c>
       <c r="E549" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="B550" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C550" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="D550" t="s">
         <v>250</v>
       </c>
       <c r="E550" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="B551" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C551" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D551" t="s">
         <v>250</v>
       </c>
       <c r="E551" t="s">
-        <v>1188</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="B552" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C552" t="s">
-        <v>1212</v>
+        <v>1137</v>
       </c>
       <c r="D552" t="s">
         <v>250</v>
       </c>
       <c r="E552" t="s">
-        <v>10</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="553" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A553" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="B553" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C553" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="D553" t="s">
         <v>250</v>
       </c>
       <c r="E553" t="s">
-        <v>1215</v>
+        <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A554" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="B554" t="s">
         <v>11</v>
       </c>
       <c r="C554" t="s">
         <v>1214</v>
       </c>
       <c r="D554" t="s">
         <v>250</v>
       </c>
       <c r="E554" t="s">
-        <v>1188</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="555" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="B555" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C555" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="D555" t="s">
         <v>250</v>
       </c>
       <c r="E555" t="s">
-        <v>1219</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="556" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="B556" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C556" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="D556" t="s">
         <v>250</v>
       </c>
       <c r="E556" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="557" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="B557" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C557" t="s">
-        <v>1144</v>
+        <v>1221</v>
       </c>
       <c r="D557" t="s">
         <v>250</v>
       </c>
       <c r="E557" t="s">
-        <v>10</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="B558" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C558" t="s">
-        <v>1224</v>
+        <v>1144</v>
       </c>
       <c r="D558" t="s">
         <v>250</v>
       </c>
       <c r="E558" t="s">
-        <v>1225</v>
+        <v>10</v>
       </c>
     </row>
     <row r="559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="B559" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="C559" t="s">
-        <v>106</v>
+        <v>1224</v>
       </c>
       <c r="D559" t="s">
-        <v>1227</v>
+        <v>250</v>
       </c>
       <c r="E559" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A560" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="B560" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C560" t="s">
-        <v>1230</v>
+        <v>106</v>
       </c>
       <c r="D560" t="s">
-        <v>835</v>
+        <v>1227</v>
       </c>
       <c r="E560" t="s">
-        <v>10</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A561" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="B561" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C561" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="D561" t="s">
-        <v>250</v>
+        <v>835</v>
       </c>
       <c r="E561" t="s">
-        <v>837</v>
+        <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A562" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="B562" t="s">
         <v>11</v>
       </c>
       <c r="C562" t="s">
         <v>1232</v>
       </c>
       <c r="D562" t="s">
         <v>250</v>
       </c>
       <c r="E562" t="s">
-        <v>1234</v>
+        <v>837</v>
       </c>
     </row>
     <row r="563" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A563" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="B563" t="s">
         <v>11</v>
       </c>
       <c r="C563" t="s">
         <v>1232</v>
       </c>
       <c r="D563" t="s">
         <v>250</v>
       </c>
       <c r="E563" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="564" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A564" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="B564" t="s">
         <v>11</v>
       </c>
       <c r="C564" t="s">
         <v>1232</v>
       </c>
       <c r="D564" t="s">
         <v>250</v>
       </c>
       <c r="E564" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="565" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A565" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="B565" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C565" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
       <c r="D565" t="s">
         <v>250</v>
       </c>
       <c r="E565" t="s">
-        <v>10</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A566" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="B566" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C566" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
       <c r="D566" t="s">
         <v>250</v>
       </c>
       <c r="E566" t="s">
-        <v>1242</v>
+        <v>10</v>
       </c>
     </row>
     <row r="567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A567" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="B567" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C567" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D567" t="s">
         <v>250</v>
       </c>
       <c r="E567" t="s">
-        <v>10</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="568" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A568" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="B568" t="s">
         <v>7</v>
       </c>
       <c r="C568" t="s">
-        <v>1135</v>
+        <v>1230</v>
       </c>
       <c r="D568" t="s">
         <v>250</v>
       </c>
       <c r="E568" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A569" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="B569" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C569" t="s">
         <v>1135</v>
       </c>
       <c r="D569" t="s">
         <v>250</v>
       </c>
       <c r="E569" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="571" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A571" s="1" t="s">
+    <row r="570" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A570" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B570" t="s">
+        <v>11</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D570" t="s">
+        <v>250</v>
+      </c>
+      <c r="E570" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A572" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="B571" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B572" s="1"/>
+      <c r="C572" s="1"/>
+      <c r="D572" s="1"/>
+      <c r="E572" s="1"/>
     </row>
     <row r="573" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A573" t="s">
         <v>1247</v>
       </c>
       <c r="B573" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C573" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="D573" t="s">
         <v>250</v>
       </c>
       <c r="E573" t="s">
-        <v>1250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="574" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="B574" t="s">
         <v>11</v>
       </c>
       <c r="C574" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D574" t="s">
         <v>250</v>
       </c>
       <c r="E574" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="575" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A575" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="B575" t="s">
         <v>11</v>
       </c>
       <c r="C575" t="s">
-        <v>106</v>
+        <v>1252</v>
       </c>
       <c r="D575" t="s">
-        <v>1255</v>
+        <v>250</v>
       </c>
       <c r="E575" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="576" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A576" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="B576" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C576" t="s">
         <v>106</v>
       </c>
       <c r="D576" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="E576" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="577" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A577" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="B577" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C577" t="s">
         <v>106</v>
       </c>
       <c r="D577" t="s">
-        <v>106</v>
+        <v>1258</v>
       </c>
       <c r="E577" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="578" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="B578" t="s">
         <v>11</v>
       </c>
       <c r="C578" t="s">
         <v>106</v>
       </c>
       <c r="D578" t="s">
-        <v>1263</v>
+        <v>106</v>
       </c>
       <c r="E578" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A579" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="B579" t="s">
         <v>11</v>
       </c>
       <c r="C579" t="s">
-        <v>1249</v>
+        <v>106</v>
       </c>
       <c r="D579" t="s">
-        <v>250</v>
+        <v>1263</v>
       </c>
       <c r="E579" t="s">
-        <v>1058</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="580" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A580" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="B580" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C580" t="s">
-        <v>1267</v>
+        <v>1249</v>
       </c>
       <c r="D580" t="s">
         <v>250</v>
       </c>
       <c r="E580" t="s">
-        <v>1268</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="581" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A581" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="B581" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C581" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="D581" t="s">
         <v>250</v>
       </c>
       <c r="E581" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="B582" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C582" t="s">
-        <v>1252</v>
+        <v>1270</v>
       </c>
       <c r="D582" t="s">
         <v>250</v>
       </c>
       <c r="E582" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A583" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="B583" t="s">
         <v>11</v>
       </c>
       <c r="C583" t="s">
         <v>1252</v>
       </c>
       <c r="D583" t="s">
         <v>250</v>
       </c>
       <c r="E583" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="584" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A584" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
       <c r="B584" t="s">
         <v>11</v>
       </c>
       <c r="C584" t="s">
         <v>1252</v>
       </c>
       <c r="D584" t="s">
         <v>250</v>
       </c>
       <c r="E584" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="585" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A585" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="B585" t="s">
         <v>11</v>
       </c>
       <c r="C585" t="s">
         <v>1252</v>
       </c>
       <c r="D585" t="s">
         <v>250</v>
       </c>
       <c r="E585" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="586" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="B586" t="s">
         <v>11</v>
       </c>
       <c r="C586" t="s">
-        <v>106</v>
+        <v>1252</v>
       </c>
       <c r="D586" t="s">
-        <v>1279</v>
+        <v>250</v>
       </c>
       <c r="E586" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A587" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
       <c r="B587" t="s">
         <v>11</v>
       </c>
       <c r="C587" t="s">
         <v>106</v>
       </c>
       <c r="D587" t="s">
-        <v>106</v>
+        <v>1279</v>
       </c>
       <c r="E587" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="588" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A588" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B588" t="s">
         <v>11</v>
       </c>
       <c r="C588" t="s">
         <v>106</v>
       </c>
       <c r="D588" t="s">
         <v>106</v>
       </c>
       <c r="E588" t="s">
         <v>1282</v>
       </c>
     </row>
-    <row r="590" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A590" s="1" t="s">
+    <row r="589" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A589" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B589" t="s">
+        <v>11</v>
+      </c>
+      <c r="C589" t="s">
+        <v>106</v>
+      </c>
+      <c r="D589" t="s">
+        <v>106</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="591" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A591" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="B590" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B591" s="1"/>
+      <c r="C591" s="1"/>
+      <c r="D591" s="1"/>
+      <c r="E591" s="1"/>
     </row>
     <row r="592" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A592" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="B592" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C592" t="s">
-        <v>154</v>
+        <v>1286</v>
       </c>
       <c r="D592" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="E592" t="s">
-        <v>1290</v>
+        <v>10</v>
       </c>
     </row>
     <row r="593" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A593" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="B593" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C593" t="s">
-        <v>1292</v>
+        <v>154</v>
       </c>
       <c r="D593" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="E593" t="s">
-        <v>10</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="594" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="B594" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C594" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="D594" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="E594" t="s">
-        <v>1297</v>
+        <v>10</v>
       </c>
     </row>
     <row r="595" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A595" t="s">
-        <v>1298</v>
+        <v>1294</v>
       </c>
       <c r="B595" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C595" t="s">
-        <v>1299</v>
+        <v>1295</v>
       </c>
       <c r="D595" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="E595" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="596" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A596" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="B596" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C596" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="D596" t="s">
-        <v>1304</v>
+        <v>1300</v>
       </c>
       <c r="E596" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="597" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A597" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="B597" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C597" t="s">
-        <v>1307</v>
+        <v>1303</v>
       </c>
       <c r="D597" t="s">
-        <v>1308</v>
+        <v>1304</v>
       </c>
       <c r="E597" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="598" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A598" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="B598" t="s">
         <v>11</v>
       </c>
       <c r="C598" t="s">
-        <v>1311</v>
+        <v>1307</v>
       </c>
       <c r="D598" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="E598" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="599" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A599" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="B599" t="s">
         <v>11</v>
       </c>
       <c r="C599" t="s">
         <v>1311</v>
       </c>
       <c r="D599" t="s">
         <v>1312</v>
       </c>
       <c r="E599" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="600" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A600" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="B600" t="s">
         <v>11</v>
       </c>
       <c r="C600" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="D600" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="E600" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="601" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A601" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="B601" t="s">
         <v>11</v>
       </c>
       <c r="C601" t="s">
         <v>1307</v>
       </c>
       <c r="D601" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="E601" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="602" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A602" t="s">
-        <v>1322</v>
+        <v>1319</v>
       </c>
       <c r="B602" t="s">
         <v>11</v>
       </c>
       <c r="C602" t="s">
-        <v>1323</v>
+        <v>1307</v>
       </c>
       <c r="D602" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
       <c r="E602" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="603" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A603" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="B603" t="s">
         <v>11</v>
       </c>
       <c r="C603" t="s">
-        <v>1307</v>
+        <v>1323</v>
       </c>
       <c r="D603" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="E603" t="s">
-        <v>1328</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="604" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A604" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="B604" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C604" t="s">
-        <v>1286</v>
+        <v>1307</v>
       </c>
       <c r="D604" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="E604" t="s">
-        <v>10</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="605" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="B605" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C605" t="s">
-        <v>1307</v>
+        <v>1286</v>
       </c>
       <c r="D605" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="E605" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="606" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A606" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="B606" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C606" t="s">
-        <v>1334</v>
+        <v>1307</v>
       </c>
       <c r="D606" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="E606" t="s">
-        <v>1336</v>
+        <v>10</v>
       </c>
     </row>
     <row r="607" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A607" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="B607" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C607" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
       <c r="D607" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="E607" t="s">
-        <v>1132</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="608" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A608" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="B608" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C608" t="s">
-        <v>154</v>
+        <v>1338</v>
       </c>
       <c r="D608" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="E608" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="609" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A609" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="B609" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C609" t="s">
-        <v>1343</v>
+        <v>154</v>
       </c>
       <c r="D609" t="s">
-        <v>1344</v>
+        <v>1341</v>
       </c>
       <c r="E609" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="610" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A610" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="B610" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C610" t="s">
         <v>1343</v>
       </c>
       <c r="D610" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="E610" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="611" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A611" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B611" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C611" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="D611" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
       <c r="E611" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="612" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A612" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="B612" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C612" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="D612" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="E612" t="s">
-        <v>1352</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="613" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A613" t="s">
-        <v>1353</v>
+        <v>1350</v>
       </c>
       <c r="B613" t="s">
         <v>11</v>
       </c>
       <c r="C613" t="s">
         <v>1338</v>
       </c>
       <c r="D613" t="s">
-        <v>1354</v>
+        <v>1351</v>
       </c>
       <c r="E613" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="614" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="B614" t="s">
         <v>11</v>
       </c>
       <c r="C614" t="s">
         <v>1338</v>
       </c>
       <c r="D614" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
       <c r="E614" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="615" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A615" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="B615" t="s">
         <v>11</v>
       </c>
       <c r="C615" t="s">
         <v>1338</v>
       </c>
       <c r="D615" t="s">
         <v>1357</v>
       </c>
       <c r="E615" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="616" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="B616" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C616" t="s">
-        <v>1299</v>
+        <v>1338</v>
       </c>
       <c r="D616" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="E616" t="s">
-        <v>1301</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="617" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A617" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="B617" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C617" t="s">
-        <v>1307</v>
+        <v>1299</v>
       </c>
       <c r="D617" t="s">
-        <v>1320</v>
+        <v>1362</v>
       </c>
       <c r="E617" t="s">
-        <v>1364</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="618" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A618" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="B618" t="s">
         <v>11</v>
       </c>
       <c r="C618" t="s">
-        <v>1366</v>
+        <v>1307</v>
       </c>
       <c r="D618" t="s">
-        <v>1367</v>
+        <v>1320</v>
       </c>
       <c r="E618" t="s">
-        <v>1368</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="619" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A619" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="B619" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C619" t="s">
-        <v>1348</v>
+        <v>1366</v>
       </c>
       <c r="D619" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
       <c r="E619" t="s">
-        <v>10</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="620" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A620" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="B620" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C620" t="s">
-        <v>1372</v>
+        <v>1348</v>
       </c>
       <c r="D620" t="s">
-        <v>1373</v>
+        <v>1370</v>
       </c>
       <c r="E620" t="s">
-        <v>1368</v>
+        <v>10</v>
       </c>
     </row>
     <row r="621" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A621" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="B621" t="s">
         <v>11</v>
       </c>
       <c r="C621" t="s">
         <v>1372</v>
       </c>
       <c r="D621" t="s">
         <v>1373</v>
       </c>
       <c r="E621" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="622" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A622" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="B622" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C622" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="D622" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="E622" t="s">
-        <v>10</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="623" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A623" t="s">
-        <v>1378</v>
+        <v>1375</v>
       </c>
       <c r="B623" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C623" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="D623" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="E623" t="s">
-        <v>1381</v>
+        <v>10</v>
       </c>
     </row>
     <row r="624" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A624" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="B624" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C624" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="D624" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="E624" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="625" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A625" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="B625" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="C625" t="s">
-        <v>1299</v>
+        <v>1383</v>
       </c>
       <c r="D625" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
       <c r="E625" t="s">
-        <v>1301</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="626" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A626" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="B626" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C626" t="s">
-        <v>1389</v>
+        <v>1299</v>
       </c>
       <c r="D626" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="E626" t="s">
-        <v>1391</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="627" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A627" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="B627" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C627" t="s">
-        <v>1307</v>
+        <v>1389</v>
       </c>
       <c r="D627" t="s">
-        <v>638</v>
+        <v>1390</v>
       </c>
       <c r="E627" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="628" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="B628" t="s">
         <v>11</v>
       </c>
       <c r="C628" t="s">
         <v>1307</v>
       </c>
       <c r="D628" t="s">
-        <v>1395</v>
+        <v>638</v>
       </c>
       <c r="E628" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="629" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A629" t="s">
-        <v>1397</v>
+        <v>1394</v>
       </c>
       <c r="B629" t="s">
         <v>11</v>
       </c>
       <c r="C629" t="s">
         <v>1307</v>
       </c>
       <c r="D629" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="E629" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="630" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A630" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="B630" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C630" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="D630" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="E630" t="s">
-        <v>1402</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="631" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A631" t="s">
-        <v>1403</v>
+        <v>1400</v>
       </c>
       <c r="B631" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C631" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="D631" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="E631" t="s">
-        <v>1301</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="632" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A632" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="B632" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C632" t="s">
-        <v>1389</v>
+        <v>1286</v>
       </c>
       <c r="D632" t="s">
-        <v>1406</v>
+        <v>1404</v>
       </c>
       <c r="E632" t="s">
-        <v>1407</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="633" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A633" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
       <c r="B633" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C633" t="s">
-        <v>1299</v>
+        <v>1389</v>
       </c>
       <c r="D633" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
       <c r="E633" t="s">
-        <v>1301</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="634" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A634" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="B634" t="s">
         <v>18</v>
       </c>
       <c r="C634" t="s">
         <v>1299</v>
       </c>
       <c r="D634" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="E634" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="635" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A635" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="B635" t="s">
         <v>18</v>
       </c>
       <c r="C635" t="s">
-        <v>1413</v>
+        <v>1299</v>
       </c>
       <c r="D635" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
       <c r="E635" t="s">
-        <v>1385</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="636" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A636" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
       <c r="B636" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C636" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
       <c r="D636" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
       <c r="E636" t="s">
-        <v>1418</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="637" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A637" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
       <c r="B637" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C637" t="s">
-        <v>154</v>
+        <v>1416</v>
       </c>
       <c r="D637" t="s">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="E637" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="638" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A638" t="s">
-        <v>1422</v>
+        <v>1419</v>
       </c>
       <c r="B638" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C638" t="s">
         <v>154</v>
       </c>
       <c r="D638" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="E638" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="639" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A639" t="s">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="B639" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C639" t="s">
-        <v>1307</v>
+        <v>154</v>
       </c>
       <c r="D639" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
       <c r="E639" t="s">
-        <v>1381</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="640" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A640" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="B640" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C640" t="s">
-        <v>1389</v>
+        <v>1307</v>
       </c>
       <c r="D640" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
       <c r="E640" t="s">
-        <v>1429</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="641" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A641" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="B641" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C641" t="s">
-        <v>1431</v>
+        <v>1389</v>
       </c>
       <c r="D641" t="s">
-        <v>1432</v>
+        <v>1428</v>
       </c>
       <c r="E641" t="s">
-        <v>1433</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="642" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A642" t="s">
-        <v>1434</v>
+        <v>1430</v>
       </c>
       <c r="B642" t="s">
         <v>18</v>
       </c>
       <c r="C642" t="s">
-        <v>154</v>
+        <v>1431</v>
       </c>
       <c r="D642" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="E642" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="643" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A643" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="B643" t="s">
         <v>18</v>
       </c>
       <c r="C643" t="s">
-        <v>1438</v>
+        <v>154</v>
       </c>
       <c r="D643" t="s">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="E643" t="s">
-        <v>1440</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="644" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A644" t="s">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="B644" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C644" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="D644" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="E644" t="s">
-        <v>1058</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="645" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A645" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="B645" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C645" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="D645" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="E645" t="s">
-        <v>1447</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="646" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A646" t="s">
-        <v>1448</v>
+        <v>1444</v>
       </c>
       <c r="B646" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C646" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="D646" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="E646" t="s">
-        <v>1058</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="647" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A647" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="B647" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C647" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="D647" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="E647" t="s">
-        <v>1454</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="648" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A648" t="s">
         <v>1451</v>
       </c>
       <c r="B648" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C648" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="D648" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="E648" t="s">
         <v>1454</v>
       </c>
     </row>
     <row r="649" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A649" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
       <c r="B649" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C649" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D649" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="E649" t="s">
-        <v>10</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="650" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A650" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="B650" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C650" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D650" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="E650" t="s">
-        <v>1463</v>
+        <v>10</v>
       </c>
     </row>
     <row r="651" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A651" t="s">
-        <v>1464</v>
+        <v>1460</v>
       </c>
       <c r="B651" t="s">
         <v>11</v>
       </c>
       <c r="C651" t="s">
         <v>1461</v>
       </c>
       <c r="D651" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="E651" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="652" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A652" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="B652" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C652" t="s">
-        <v>1468</v>
+        <v>1461</v>
       </c>
       <c r="D652" t="s">
-        <v>1414</v>
+        <v>1465</v>
       </c>
       <c r="E652" t="s">
-        <v>1058</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="653" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A653" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
       <c r="B653" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C653" t="s">
-        <v>1413</v>
+        <v>1468</v>
       </c>
       <c r="D653" t="s">
-        <v>1470</v>
+        <v>1414</v>
       </c>
       <c r="E653" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="654" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A654" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="B654" t="s">
         <v>18</v>
       </c>
       <c r="C654" t="s">
         <v>1413</v>
       </c>
       <c r="D654" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="E654" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="655" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A655" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="B655" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C655" t="s">
-        <v>1307</v>
+        <v>1413</v>
       </c>
       <c r="D655" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="E655" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="656" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A656" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
       <c r="B656" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C656" t="s">
-        <v>1476</v>
+        <v>1307</v>
       </c>
       <c r="D656" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="E656" t="s">
-        <v>10</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="657" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A657" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="B657" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C657" t="s">
-        <v>1323</v>
+        <v>1476</v>
       </c>
       <c r="D657" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="E657" t="s">
-        <v>1480</v>
+        <v>10</v>
       </c>
     </row>
     <row r="658" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="B658" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C658" t="s">
-        <v>1482</v>
+        <v>1323</v>
       </c>
       <c r="D658" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="E658" t="s">
-        <v>10</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="659" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="B659" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C659" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="D659" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="E659" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="B660" t="s">
         <v>36</v>
       </c>
       <c r="C660" t="s">
         <v>1485</v>
       </c>
       <c r="D660" t="s">
         <v>1486</v>
       </c>
       <c r="E660" t="s">
-        <v>1488</v>
+        <v>10</v>
       </c>
     </row>
     <row r="661" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="B661" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C661" t="s">
-        <v>1490</v>
+        <v>1485</v>
       </c>
       <c r="D661" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="E661" t="s">
-        <v>1301</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="662" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="B662" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C662" t="s">
-        <v>1379</v>
+        <v>1490</v>
       </c>
       <c r="D662" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="E662" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="663" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="B663" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C663" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="D663" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="E663" t="s">
-        <v>1058</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="664" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="B664" t="s">
         <v>18</v>
       </c>
       <c r="C664" t="s">
         <v>1383</v>
       </c>
       <c r="D664" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="E664" t="s">
-        <v>1498</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="665" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="B665" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C665" t="s">
-        <v>1500</v>
+        <v>1383</v>
       </c>
       <c r="D665" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="E665" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="666" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
       <c r="B666" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C666" t="s">
-        <v>1379</v>
+        <v>1500</v>
       </c>
       <c r="D666" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="E666" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="667" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="B667" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C667" t="s">
-        <v>1490</v>
+        <v>1379</v>
       </c>
       <c r="D667" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="E667" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="668" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="B668" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C668" t="s">
-        <v>1379</v>
+        <v>1490</v>
       </c>
       <c r="D668" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="E668" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="669" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="B669" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C669" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="D669" t="s">
-        <v>1384</v>
+        <v>1510</v>
       </c>
       <c r="E669" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="670" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="B670" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C670" t="s">
-        <v>1500</v>
+        <v>1383</v>
       </c>
       <c r="D670" t="s">
-        <v>1515</v>
+        <v>1384</v>
       </c>
       <c r="E670" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="671" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="B671" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C671" t="s">
-        <v>1383</v>
+        <v>1500</v>
       </c>
       <c r="D671" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="E671" t="s">
-        <v>10</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="672" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="B672" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C672" t="s">
-        <v>1455</v>
+        <v>1383</v>
       </c>
       <c r="D672" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="E672" t="s">
-        <v>1301</v>
+        <v>10</v>
       </c>
     </row>
     <row r="673" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="B673" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C673" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="D673" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="E673" t="s">
-        <v>10</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="674" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="B674" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C674" t="s">
-        <v>1524</v>
+        <v>1452</v>
       </c>
       <c r="D674" t="s">
-        <v>1525</v>
+        <v>1522</v>
       </c>
       <c r="E674" t="s">
-        <v>1526</v>
+        <v>10</v>
       </c>
     </row>
     <row r="675" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="B675" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C675" t="s">
-        <v>1372</v>
+        <v>1524</v>
       </c>
       <c r="D675" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="E675" t="s">
-        <v>1301</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="676" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="B676" t="s">
         <v>11</v>
       </c>
       <c r="C676" t="s">
         <v>1372</v>
       </c>
       <c r="D676" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="E676" t="s">
-        <v>1261</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="677" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
       <c r="B677" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C677" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="D677" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="E677" t="s">
-        <v>1533</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="678" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="B678" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C678" t="s">
         <v>1376</v>
       </c>
       <c r="D678" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="E678" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="679" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="B679" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C679" t="s">
-        <v>154</v>
+        <v>1376</v>
       </c>
       <c r="D679" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="E679" t="s">
-        <v>152</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="680" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
       <c r="B680" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C680" t="s">
-        <v>1413</v>
+        <v>154</v>
       </c>
       <c r="D680" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="E680" t="s">
-        <v>1058</v>
+        <v>152</v>
       </c>
     </row>
     <row r="681" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="B681" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C681" t="s">
-        <v>1299</v>
+        <v>1413</v>
       </c>
       <c r="D681" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="E681" t="s">
-        <v>1543</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="682" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="B682" t="s">
         <v>11</v>
       </c>
       <c r="C682" t="s">
-        <v>1416</v>
+        <v>1299</v>
       </c>
       <c r="D682" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="E682" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="683" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="B683" t="s">
         <v>11</v>
       </c>
       <c r="C683" t="s">
-        <v>1323</v>
+        <v>1416</v>
       </c>
       <c r="D683" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="E683" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="684" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="B684" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C684" t="s">
-        <v>1551</v>
+        <v>1323</v>
       </c>
       <c r="D684" t="s">
-        <v>1552</v>
+        <v>1548</v>
       </c>
       <c r="E684" t="s">
-        <v>1058</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="685" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="B685" t="s">
         <v>18</v>
       </c>
       <c r="C685" t="s">
         <v>1551</v>
       </c>
       <c r="D685" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="E685" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="686" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="B686" t="s">
         <v>18</v>
       </c>
       <c r="C686" t="s">
         <v>1551</v>
       </c>
       <c r="D686" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="E686" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="687" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="B687" t="s">
         <v>18</v>
       </c>
       <c r="C687" t="s">
         <v>1551</v>
       </c>
       <c r="D687" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="E687" t="s">
-        <v>1559</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="688" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="B688" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C688" t="s">
-        <v>1455</v>
+        <v>1551</v>
       </c>
       <c r="D688" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="E688" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="689" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="B689" t="s">
         <v>11</v>
       </c>
       <c r="C689" t="s">
-        <v>1564</v>
+        <v>1455</v>
       </c>
       <c r="D689" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="E689" t="s">
-        <v>1058</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="B690" t="s">
         <v>11</v>
       </c>
       <c r="C690" t="s">
         <v>1564</v>
       </c>
       <c r="D690" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="E690" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="691" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="B691" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C691" t="s">
-        <v>1299</v>
+        <v>1564</v>
       </c>
       <c r="D691" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="E691" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="692" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="B692" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C692" t="s">
-        <v>1307</v>
+        <v>1299</v>
       </c>
       <c r="D692" t="s">
-        <v>1545</v>
+        <v>1569</v>
       </c>
       <c r="E692" t="s">
-        <v>1546</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="693" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="B693" t="s">
         <v>11</v>
       </c>
       <c r="C693" t="s">
         <v>1307</v>
       </c>
       <c r="D693" t="s">
-        <v>1572</v>
+        <v>1545</v>
       </c>
       <c r="E693" t="s">
-        <v>1301</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="694" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="B694" t="s">
         <v>11</v>
       </c>
       <c r="C694" t="s">
-        <v>1564</v>
+        <v>1307</v>
       </c>
       <c r="D694" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="E694" t="s">
-        <v>1575</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="695" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="B695" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C695" t="s">
-        <v>1551</v>
+        <v>1564</v>
       </c>
       <c r="D695" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="E695" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="696" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
         <v>1576</v>
       </c>
       <c r="B696" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C696" t="s">
-        <v>1564</v>
+        <v>1551</v>
       </c>
       <c r="D696" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="E696" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
       <c r="B697" t="s">
         <v>11</v>
       </c>
       <c r="C697" t="s">
-        <v>1582</v>
+        <v>1564</v>
       </c>
       <c r="D697" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="E697" t="s">
-        <v>1058</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
       <c r="B698" t="s">
         <v>11</v>
       </c>
       <c r="C698" t="s">
-        <v>1311</v>
+        <v>1582</v>
       </c>
       <c r="D698" t="s">
         <v>1583</v>
       </c>
       <c r="E698" t="s">
-        <v>10</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="B699" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C699" t="s">
-        <v>154</v>
+        <v>1311</v>
       </c>
       <c r="D699" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="E699" t="s">
-        <v>1578</v>
+        <v>10</v>
       </c>
     </row>
     <row r="700" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
         <v>1585</v>
       </c>
       <c r="B700" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C700" t="s">
-        <v>1564</v>
+        <v>154</v>
       </c>
       <c r="D700" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="E700" t="s">
         <v>1578</v>
       </c>
     </row>
     <row r="701" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
       <c r="B701" t="s">
         <v>11</v>
       </c>
       <c r="C701" t="s">
         <v>1564</v>
       </c>
       <c r="D701" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="E701" t="s">
-        <v>1058</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="702" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="B702" t="s">
         <v>11</v>
       </c>
       <c r="C702" t="s">
-        <v>1307</v>
+        <v>1564</v>
       </c>
       <c r="D702" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="E702" t="s">
-        <v>1592</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="703" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="B703" t="s">
         <v>11</v>
       </c>
       <c r="C703" t="s">
-        <v>1379</v>
+        <v>1307</v>
       </c>
       <c r="D703" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="E703" t="s">
-        <v>1080</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="704" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="B704" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C704" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="D704" t="s">
-        <v>106</v>
+        <v>1594</v>
       </c>
       <c r="E704" t="s">
-        <v>1596</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="705" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="B705" t="s">
         <v>18</v>
       </c>
       <c r="C705" t="s">
-        <v>1299</v>
+        <v>1376</v>
       </c>
       <c r="D705" t="s">
         <v>106</v>
       </c>
       <c r="E705" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="706" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="B706" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C706" t="s">
-        <v>1416</v>
+        <v>1299</v>
       </c>
       <c r="D706" t="s">
-        <v>1599</v>
+        <v>106</v>
       </c>
       <c r="E706" t="s">
-        <v>95</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="707" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A707" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="B707" t="s">
         <v>11</v>
       </c>
       <c r="C707" t="s">
-        <v>1564</v>
+        <v>1416</v>
       </c>
       <c r="D707" t="s">
-        <v>1565</v>
+        <v>1599</v>
       </c>
       <c r="E707" t="s">
-        <v>1058</v>
+        <v>95</v>
       </c>
     </row>
     <row r="708" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A708" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="B708" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C708" t="s">
-        <v>1299</v>
+        <v>1564</v>
       </c>
       <c r="D708" t="s">
-        <v>1300</v>
+        <v>1565</v>
       </c>
       <c r="E708" t="s">
-        <v>10</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="709" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A709" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B709" t="s">
+        <v>18</v>
+      </c>
+      <c r="C709" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D709" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E709" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="710" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A710" t="s">
         <v>1602</v>
       </c>
-      <c r="B709" t="s">
-[...2 lines deleted...]
-      <c r="C709" t="s">
+      <c r="B710" t="s">
+        <v>11</v>
+      </c>
+      <c r="C710" t="s">
         <v>1307</v>
       </c>
-      <c r="D709" t="s">
+      <c r="D710" t="s">
         <v>1603</v>
       </c>
-      <c r="E709" t="s">
+      <c r="E710" t="s">
         <v>1058</v>
       </c>
     </row>
-    <row r="711" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A711" s="1" t="s">
+    <row r="712" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A712" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="B711" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B712" s="1"/>
+      <c r="C712" s="1"/>
+      <c r="D712" s="1"/>
+      <c r="E712" s="1"/>
     </row>
     <row r="713" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A713" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="B713" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C713" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="D713" t="s">
         <v>250</v>
       </c>
       <c r="E713" t="s">
-        <v>1609</v>
+        <v>10</v>
       </c>
     </row>
     <row r="714" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A714" t="s">
-        <v>1610</v>
+        <v>1607</v>
       </c>
       <c r="B714" t="s">
         <v>18</v>
       </c>
       <c r="C714" t="s">
-        <v>1020</v>
+        <v>1608</v>
       </c>
       <c r="D714" t="s">
         <v>250</v>
       </c>
       <c r="E714" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="715" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A715" t="s">
-        <v>1611</v>
+        <v>1610</v>
       </c>
       <c r="B715" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C715" t="s">
-        <v>1612</v>
+        <v>1020</v>
       </c>
       <c r="D715" t="s">
         <v>250</v>
       </c>
       <c r="E715" t="s">
-        <v>1613</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="716" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A716" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="B716" t="s">
         <v>11</v>
       </c>
       <c r="C716" t="s">
         <v>1612</v>
       </c>
       <c r="D716" t="s">
         <v>250</v>
       </c>
       <c r="E716" t="s">
-        <v>1036</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="717" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A717" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="B717" t="s">
         <v>11</v>
       </c>
       <c r="C717" t="s">
         <v>1612</v>
       </c>
       <c r="D717" t="s">
         <v>250</v>
       </c>
       <c r="E717" t="s">
-        <v>1616</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="718" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A718" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="B718" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C718" t="s">
-        <v>1618</v>
+        <v>1612</v>
       </c>
       <c r="D718" t="s">
         <v>250</v>
       </c>
       <c r="E718" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="719" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A719" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="B719" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C719" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="D719" t="s">
         <v>250</v>
       </c>
       <c r="E719" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="720" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A720" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="B720" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C720" t="s">
-        <v>1623</v>
+        <v>1608</v>
       </c>
       <c r="D720" t="s">
         <v>250</v>
       </c>
       <c r="E720" t="s">
-        <v>10</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="721" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A721" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="B721" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C721" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="D721" t="s">
         <v>250</v>
       </c>
       <c r="E721" t="s">
-        <v>1626</v>
+        <v>10</v>
       </c>
     </row>
     <row r="722" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A722" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
       <c r="B722" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C722" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="D722" t="s">
         <v>250</v>
       </c>
       <c r="E722" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="723" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A723" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="B723" t="s">
         <v>18</v>
       </c>
       <c r="C723" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
       <c r="D723" t="s">
         <v>250</v>
       </c>
       <c r="E723" t="s">
-        <v>10</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="724" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A724" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B724" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C724" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="D724" t="s">
         <v>250</v>
       </c>
       <c r="E724" t="s">
-        <v>1634</v>
+        <v>10</v>
       </c>
     </row>
     <row r="725" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A725" t="s">
-        <v>1635</v>
+        <v>1632</v>
       </c>
       <c r="B725" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C725" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="D725" t="s">
         <v>250</v>
       </c>
       <c r="E725" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="726" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A726" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="B726" t="s">
         <v>18</v>
       </c>
       <c r="C726" t="s">
         <v>1636</v>
       </c>
       <c r="D726" t="s">
         <v>250</v>
       </c>
       <c r="E726" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="727" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A727" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="B727" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C727" t="s">
-        <v>1640</v>
+        <v>1636</v>
       </c>
       <c r="D727" t="s">
         <v>250</v>
       </c>
       <c r="E727" t="s">
-        <v>1641</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="728" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A728" t="s">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="B728" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C728" t="s">
-        <v>1135</v>
+        <v>1640</v>
       </c>
       <c r="D728" t="s">
         <v>250</v>
       </c>
       <c r="E728" t="s">
-        <v>10</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="729" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A729" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
       <c r="B729" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C729" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D729" t="s">
         <v>250</v>
       </c>
       <c r="E729" t="s">
-        <v>1644</v>
+        <v>10</v>
       </c>
     </row>
     <row r="730" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A730" t="s">
-        <v>1645</v>
+        <v>1643</v>
       </c>
       <c r="B730" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C730" t="s">
-        <v>1646</v>
+        <v>1137</v>
       </c>
       <c r="D730" t="s">
         <v>250</v>
       </c>
       <c r="E730" t="s">
-        <v>10</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="731" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A731" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="B731" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C731" t="s">
-        <v>154</v>
+        <v>1646</v>
       </c>
       <c r="D731" t="s">
         <v>250</v>
       </c>
       <c r="E731" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="733" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A733" s="1" t="s">
+    <row r="732" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A732" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B732" t="s">
+        <v>11</v>
+      </c>
+      <c r="C732" t="s">
+        <v>154</v>
+      </c>
+      <c r="D732" t="s">
+        <v>250</v>
+      </c>
+      <c r="E732" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="734" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A734" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="B733" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B734" s="1"/>
+      <c r="C734" s="1"/>
+      <c r="D734" s="1"/>
+      <c r="E734" s="1"/>
     </row>
     <row r="735" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A735" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="B735" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C735" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="D735" t="s">
-        <v>1653</v>
+        <v>250</v>
       </c>
       <c r="E735" t="s">
-        <v>1654</v>
+        <v>10</v>
       </c>
     </row>
     <row r="736" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A736" t="s">
-        <v>1655</v>
+        <v>1651</v>
       </c>
       <c r="B736" t="s">
         <v>11</v>
       </c>
       <c r="C736" t="s">
         <v>1652</v>
       </c>
       <c r="D736" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="E736" t="s">
-        <v>208</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="737" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A737" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
       <c r="B737" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C737" t="s">
-        <v>1658</v>
+        <v>1652</v>
       </c>
       <c r="D737" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
       <c r="E737" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="738" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A738" t="s">
         <v>1657</v>
       </c>
       <c r="B738" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C738" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="D738" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="E738" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="739" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A739" t="s">
-        <v>1662</v>
+        <v>1657</v>
       </c>
       <c r="B739" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C739" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="D739" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="E739" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="740" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
         <v>1662</v>
       </c>
       <c r="B740" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C740" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="D740" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="E740" t="s">
-        <v>1665</v>
+        <v>10</v>
       </c>
     </row>
     <row r="741" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="B741" t="s">
         <v>11</v>
       </c>
       <c r="C741" t="s">
         <v>1652</v>
       </c>
       <c r="D741" t="s">
         <v>1664</v>
       </c>
       <c r="E741" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="742" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
         <v>1666</v>
       </c>
       <c r="B742" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C742" t="s">
-        <v>1658</v>
+        <v>1652</v>
       </c>
       <c r="D742" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="E742" t="s">
-        <v>208</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="743" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A743" t="s">
         <v>1666</v>
       </c>
       <c r="B743" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C743" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="D743" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="E743" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="744" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A744" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
       <c r="B744" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C744" t="s">
-        <v>154</v>
+        <v>1660</v>
       </c>
       <c r="D744" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="E744" t="s">
-        <v>152</v>
+        <v>208</v>
       </c>
     </row>
     <row r="745" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A745" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="B745" t="s">
         <v>11</v>
       </c>
       <c r="C745" t="s">
         <v>154</v>
       </c>
       <c r="D745" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="E745" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="747" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A747" s="1" t="s">
+    <row r="746" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A746" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B746" t="s">
+        <v>11</v>
+      </c>
+      <c r="C746" t="s">
+        <v>154</v>
+      </c>
+      <c r="D746" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E746" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="748" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A748" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="B747" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B748" s="1"/>
+      <c r="C748" s="1"/>
+      <c r="D748" s="1"/>
+      <c r="E748" s="1"/>
     </row>
     <row r="749" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
       <c r="B749" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C749" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
       <c r="D749" t="s">
         <v>250</v>
       </c>
       <c r="E749" t="s">
-        <v>1679</v>
+        <v>10</v>
       </c>
     </row>
     <row r="750" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A750" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
       <c r="B750" t="s">
         <v>11</v>
       </c>
       <c r="C750" t="s">
-        <v>1681</v>
+        <v>1678</v>
       </c>
       <c r="D750" t="s">
         <v>250</v>
       </c>
       <c r="E750" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="751" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A751" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
       <c r="B751" t="s">
         <v>11</v>
       </c>
       <c r="C751" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
       <c r="D751" t="s">
         <v>250</v>
       </c>
       <c r="E751" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="752" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A752" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="B752" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C752" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="D752" t="s">
         <v>250</v>
       </c>
       <c r="E752" t="s">
-        <v>10</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="753" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A753" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="B753" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C753" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="D753" t="s">
         <v>250</v>
       </c>
       <c r="E753" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="754" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A754" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B754" t="s">
+        <v>11</v>
+      </c>
+      <c r="C754" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D754" t="s">
+        <v>250</v>
+      </c>
+      <c r="E754" t="s">
         <v>1644</v>
       </c>
     </row>
-    <row r="755" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A755" s="1" t="s">
+    <row r="756" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A756" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="B755" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B756" s="1"/>
+      <c r="C756" s="1"/>
+      <c r="D756" s="1"/>
+      <c r="E756" s="1"/>
     </row>
     <row r="757" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A757" t="s">
         <v>1691</v>
       </c>
       <c r="B757" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C757" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="D757" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="E757" t="s">
-        <v>1665</v>
+        <v>10</v>
       </c>
     </row>
     <row r="758" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A758" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="B758" t="s">
         <v>11</v>
       </c>
       <c r="C758" t="s">
         <v>1693</v>
       </c>
       <c r="D758" t="s">
         <v>1664</v>
       </c>
       <c r="E758" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="759" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
         <v>1694</v>
       </c>
       <c r="B759" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C759" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="D759" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="E759" t="s">
-        <v>208</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="760" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
         <v>1694</v>
       </c>
       <c r="B760" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C760" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="D760" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="E760" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="761" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="B761" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C761" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="D761" t="s">
-        <v>1698</v>
+        <v>1669</v>
       </c>
       <c r="E761" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="762" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A762" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="B762" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C762" t="s">
         <v>1695</v>
       </c>
       <c r="D762" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="E762" t="s">
-        <v>1701</v>
+        <v>208</v>
       </c>
     </row>
     <row r="763" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A763" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
       <c r="B763" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C763" t="s">
-        <v>1703</v>
+        <v>1695</v>
       </c>
       <c r="D763" t="s">
-        <v>1704</v>
+        <v>1700</v>
       </c>
       <c r="E763" t="s">
-        <v>208</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="764" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A764" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
       <c r="B764" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C764" t="s">
         <v>1703</v>
       </c>
       <c r="D764" t="s">
         <v>1704</v>
       </c>
       <c r="E764" t="s">
-        <v>1701</v>
+        <v>208</v>
       </c>
     </row>
     <row r="765" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="B765" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C765" t="s">
         <v>1703</v>
       </c>
       <c r="D765" t="s">
         <v>1704</v>
       </c>
       <c r="E765" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="766" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A766" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B766" t="s">
+        <v>11</v>
+      </c>
+      <c r="C766" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D766" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E766" t="s">
         <v>1707</v>
       </c>
     </row>
-    <row r="767" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A767" s="1" t="s">
+    <row r="768" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A768" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="B767" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B768" s="1"/>
+      <c r="C768" s="1"/>
+      <c r="D768" s="1"/>
+      <c r="E768" s="1"/>
     </row>
     <row r="769" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A769" t="s">
         <v>1709</v>
       </c>
       <c r="B769" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C769" t="s">
         <v>106</v>
       </c>
       <c r="D769" t="s">
         <v>106</v>
       </c>
       <c r="E769" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="770" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A770" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="B770" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C770" t="s">
         <v>106</v>
       </c>
       <c r="D770" t="s">
         <v>106</v>
       </c>
       <c r="E770" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
     </row>
     <row r="771" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A771" t="s">
         <v>1710</v>
       </c>
       <c r="B771" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C771" t="s">
         <v>106</v>
       </c>
       <c r="D771" t="s">
         <v>106</v>
       </c>
       <c r="E771" t="s">
-        <v>1711</v>
+        <v>208</v>
       </c>
     </row>
     <row r="772" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A772" t="s">
         <v>1710</v>
       </c>
       <c r="B772" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C772" t="s">
         <v>106</v>
       </c>
       <c r="D772" t="s">
         <v>106</v>
       </c>
       <c r="E772" t="s">
-        <v>208</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="773" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A773" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
       <c r="B773" t="s">
         <v>36</v>
       </c>
       <c r="C773" t="s">
         <v>106</v>
       </c>
       <c r="D773" t="s">
         <v>106</v>
       </c>
       <c r="E773" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="774" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A774" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B774" t="s">
+        <v>36</v>
+      </c>
+      <c r="C774" t="s">
+        <v>106</v>
+      </c>
+      <c r="D774" t="s">
+        <v>106</v>
+      </c>
+      <c r="E774" t="s">
         <v>1713</v>
       </c>
     </row>
-    <row r="775" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A775" s="1" t="s">
+    <row r="776" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A776" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="B775" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B776" s="1"/>
+      <c r="C776" s="1"/>
+      <c r="D776" s="1"/>
+      <c r="E776" s="1"/>
     </row>
     <row r="777" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A777" t="s">
         <v>1715</v>
       </c>
       <c r="B777" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C777" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
       <c r="D777" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="E777" t="s">
-        <v>1720</v>
+        <v>10</v>
       </c>
     </row>
     <row r="778" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A778" t="s">
-        <v>1721</v>
+        <v>1715</v>
       </c>
       <c r="B778" t="s">
         <v>11</v>
       </c>
       <c r="C778" t="s">
-        <v>106</v>
+        <v>1718</v>
       </c>
       <c r="D778" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
       <c r="E778" t="s">
-        <v>1723</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="779" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A779" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
       <c r="B779" t="s">
         <v>11</v>
       </c>
       <c r="C779" t="s">
-        <v>1718</v>
+        <v>106</v>
       </c>
       <c r="D779" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
       <c r="E779" t="s">
-        <v>208</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="780" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A780" t="s">
         <v>1724</v>
       </c>
       <c r="B780" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C780" t="s">
-        <v>1726</v>
+        <v>1718</v>
       </c>
       <c r="D780" t="s">
-        <v>1727</v>
+        <v>1725</v>
       </c>
       <c r="E780" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="781" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="B781" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="C781" t="s">
-        <v>1729</v>
+        <v>1726</v>
       </c>
       <c r="D781" t="s">
-        <v>1730</v>
+        <v>1727</v>
       </c>
       <c r="E781" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="782" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
-        <v>1731</v>
+        <v>1728</v>
       </c>
       <c r="B782" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C782" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
       <c r="D782" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
       <c r="E782" t="s">
-        <v>1734</v>
+        <v>208</v>
       </c>
     </row>
     <row r="783" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B783" t="s">
+        <v>82</v>
+      </c>
+      <c r="C783" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D783" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E783" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="784" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A784" t="s">
         <v>1735</v>
       </c>
-      <c r="B783" t="s">
+      <c r="B784" t="s">
         <v>18</v>
       </c>
-      <c r="C783" t="s">
+      <c r="C784" t="s">
         <v>1736</v>
       </c>
-      <c r="D783" t="s">
+      <c r="D784" t="s">
         <v>1737</v>
       </c>
-      <c r="E783" t="s">
+      <c r="E784" t="s">
         <v>1738</v>
       </c>
     </row>
-    <row r="785" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A785" s="1" t="s">
+    <row r="786" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A786" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="B785" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B786" s="1"/>
+      <c r="C786" s="1"/>
+      <c r="D786" s="1"/>
+      <c r="E786" s="1"/>
     </row>
     <row r="787" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
         <v>1740</v>
       </c>
       <c r="B787" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C787" t="s">
-        <v>1743</v>
+        <v>1741</v>
       </c>
       <c r="D787" t="s">
-        <v>1744</v>
+        <v>1742</v>
       </c>
       <c r="E787" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="788" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
-        <v>1745</v>
+        <v>1740</v>
       </c>
       <c r="B788" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C788" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="D788" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="E788" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="789" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
         <v>1745</v>
       </c>
       <c r="B789" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C789" t="s">
         <v>1741</v>
       </c>
       <c r="D789" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="E789" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="791" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A791" s="1" t="s">
+    <row r="790" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A790" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B790" t="s">
+        <v>36</v>
+      </c>
+      <c r="C790" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D790" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E790" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="792" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A792" s="1" t="s">
         <v>1748</v>
       </c>
-      <c r="B791" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B792" s="1"/>
+      <c r="C792" s="1"/>
+      <c r="D792" s="1"/>
+      <c r="E792" s="1"/>
     </row>
     <row r="793" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A793" t="s">
         <v>1749</v>
       </c>
       <c r="B793" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C793" t="s">
         <v>106</v>
       </c>
       <c r="D793" t="s">
-        <v>106</v>
+        <v>1750</v>
       </c>
       <c r="E793" t="s">
-        <v>1751</v>
+        <v>10</v>
       </c>
     </row>
     <row r="794" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A794" t="s">
-        <v>1752</v>
+        <v>1749</v>
       </c>
       <c r="B794" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C794" t="s">
         <v>106</v>
       </c>
       <c r="D794" t="s">
         <v>106</v>
       </c>
       <c r="E794" t="s">
-        <v>208</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="795" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A795" t="s">
         <v>1752</v>
       </c>
       <c r="B795" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C795" t="s">
         <v>106</v>
       </c>
       <c r="D795" t="s">
         <v>106</v>
       </c>
       <c r="E795" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="796" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A796" t="s">
         <v>1752</v>
       </c>
       <c r="B796" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C796" t="s">
         <v>106</v>
       </c>
       <c r="D796" t="s">
         <v>106</v>
       </c>
       <c r="E796" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="797" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A797" t="s">
-        <v>1753</v>
+        <v>1752</v>
       </c>
       <c r="B797" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C797" t="s">
         <v>106</v>
       </c>
       <c r="D797" t="s">
         <v>106</v>
       </c>
       <c r="E797" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="799" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A799" s="1" t="s">
+    <row r="798" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A798" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B798" t="s">
+        <v>7</v>
+      </c>
+      <c r="C798" t="s">
+        <v>106</v>
+      </c>
+      <c r="D798" t="s">
+        <v>106</v>
+      </c>
+      <c r="E798" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="800" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A800" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="B799" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B800" s="1"/>
+      <c r="C800" s="1"/>
+      <c r="D800" s="1"/>
+      <c r="E800" s="1"/>
     </row>
     <row r="801" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A801" t="s">
         <v>1755</v>
       </c>
       <c r="B801" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C801" t="s">
         <v>106</v>
       </c>
       <c r="D801" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="E801" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
     </row>
     <row r="802" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A802" t="s">
-        <v>1758</v>
+        <v>1755</v>
       </c>
       <c r="B802" t="s">
         <v>11</v>
       </c>
       <c r="C802" t="s">
         <v>106</v>
       </c>
       <c r="D802" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
       <c r="E802" t="s">
-        <v>208</v>
+        <v>149</v>
       </c>
     </row>
     <row r="803" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A803" t="s">
         <v>1758</v>
       </c>
       <c r="B803" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C803" t="s">
         <v>106</v>
       </c>
       <c r="D803" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="E803" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="804" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A804" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
       <c r="B804" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C804" t="s">
         <v>106</v>
       </c>
       <c r="D804" t="s">
-        <v>1762</v>
+        <v>1760</v>
       </c>
       <c r="E804" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="806" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A806" s="1" t="s">
+    <row r="805" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A805" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B805" t="s">
+        <v>7</v>
+      </c>
+      <c r="C805" t="s">
+        <v>106</v>
+      </c>
+      <c r="D805" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E805" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="807" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A807" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="B806" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B807" s="1"/>
+      <c r="C807" s="1"/>
+      <c r="D807" s="1"/>
+      <c r="E807" s="1"/>
     </row>
     <row r="808" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A808" t="s">
         <v>1764</v>
       </c>
       <c r="B808" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C808" t="s">
-        <v>1767</v>
+        <v>1765</v>
       </c>
       <c r="D808" t="s">
-        <v>1768</v>
+        <v>1766</v>
       </c>
       <c r="E808" t="s">
-        <v>1769</v>
+        <v>10</v>
       </c>
     </row>
     <row r="809" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A809" t="s">
-        <v>1770</v>
+        <v>1764</v>
       </c>
       <c r="B809" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C809" t="s">
-        <v>1771</v>
+        <v>1767</v>
       </c>
       <c r="D809" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="E809" t="s">
-        <v>208</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="810" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A810" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
       <c r="B810" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C810" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="D810" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
       <c r="E810" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="811" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A811" t="s">
-        <v>1776</v>
+        <v>1773</v>
       </c>
       <c r="B811" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C811" t="s">
-        <v>106</v>
+        <v>1774</v>
       </c>
       <c r="D811" t="s">
-        <v>106</v>
+        <v>1775</v>
       </c>
       <c r="E811" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="812" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A812" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="B812" t="s">
         <v>11</v>
       </c>
       <c r="C812" t="s">
-        <v>1778</v>
+        <v>106</v>
       </c>
       <c r="D812" t="s">
-        <v>1779</v>
+        <v>106</v>
       </c>
       <c r="E812" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="813" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A813" t="s">
         <v>1777</v>
       </c>
       <c r="B813" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C813" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="D813" t="s">
-        <v>1781</v>
+        <v>1779</v>
       </c>
       <c r="E813" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="814" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A814" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
       <c r="B814" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C814" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="D814" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
       <c r="E814" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="815" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A815" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="B815" t="s">
         <v>11</v>
       </c>
       <c r="C815" t="s">
         <v>1778</v>
       </c>
       <c r="D815" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="E815" t="s">
-        <v>1786</v>
+        <v>208</v>
       </c>
     </row>
     <row r="816" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A816" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B816" t="s">
+        <v>11</v>
+      </c>
+      <c r="C816" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E816" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="817" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A817" t="s">
         <v>1787</v>
       </c>
-      <c r="B816" t="s">
+      <c r="B817" t="s">
         <v>7</v>
       </c>
-      <c r="C816" t="s">
+      <c r="C817" t="s">
         <v>1788</v>
       </c>
-      <c r="D816" t="s">
+      <c r="D817" t="s">
         <v>1789</v>
       </c>
-      <c r="E816" t="s">
-[...4 lines deleted...]
-      <c r="A818" s="1" t="s">
+      <c r="E817" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="819" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A819" s="1" t="s">
         <v>1790</v>
       </c>
-      <c r="B818" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B819" s="1"/>
+      <c r="C819" s="1"/>
+      <c r="D819" s="1"/>
+      <c r="E819" s="1"/>
     </row>
     <row r="820" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A820" t="s">
         <v>1791</v>
       </c>
       <c r="B820" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C820" t="s">
         <v>1792</v>
       </c>
       <c r="D820" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="E820" t="s">
-        <v>1795</v>
+        <v>10</v>
       </c>
     </row>
     <row r="821" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A821" t="s">
-        <v>1796</v>
+        <v>1791</v>
       </c>
       <c r="B821" t="s">
         <v>11</v>
       </c>
       <c r="C821" t="s">
-        <v>1797</v>
+        <v>1792</v>
       </c>
       <c r="D821" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
       <c r="E821" t="s">
-        <v>208</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="822" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A822" t="s">
         <v>1796</v>
       </c>
       <c r="B822" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C822" t="s">
         <v>1797</v>
       </c>
       <c r="D822" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="E822" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="823" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A823" t="s">
-        <v>1800</v>
+        <v>1796</v>
       </c>
       <c r="B823" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C823" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
       <c r="D823" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="E823" t="s">
-        <v>1803</v>
+        <v>208</v>
       </c>
     </row>
     <row r="824" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A824" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
       <c r="B824" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C824" t="s">
-        <v>106</v>
+        <v>1801</v>
       </c>
       <c r="D824" t="s">
-        <v>106</v>
+        <v>1802</v>
       </c>
       <c r="E824" t="s">
-        <v>10</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="825" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A825" t="s">
-        <v>1805</v>
+        <v>1804</v>
       </c>
       <c r="B825" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C825" t="s">
-        <v>1797</v>
+        <v>106</v>
       </c>
       <c r="D825" t="s">
-        <v>1806</v>
+        <v>106</v>
       </c>
       <c r="E825" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="826" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A826" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="B826" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C826" t="s">
         <v>1797</v>
       </c>
       <c r="D826" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E826" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="827" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A827" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B827" t="s">
+        <v>18</v>
+      </c>
+      <c r="C827" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D827" t="s">
         <v>1808</v>
       </c>
-      <c r="E826" t="s">
+      <c r="E827" t="s">
         <v>1809</v>
       </c>
     </row>
-    <row r="828" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A828" s="1" t="s">
+    <row r="829" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A829" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="B828" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B829" s="1"/>
+      <c r="C829" s="1"/>
+      <c r="D829" s="1"/>
+      <c r="E829" s="1"/>
     </row>
     <row r="830" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A830" t="s">
         <v>1811</v>
       </c>
       <c r="B830" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C830" t="s">
-        <v>1815</v>
+        <v>1812</v>
       </c>
       <c r="D830" t="s">
-        <v>1816</v>
+        <v>1813</v>
       </c>
       <c r="E830" t="s">
-        <v>1817</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="831" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A831" t="s">
-        <v>1818</v>
+        <v>1811</v>
       </c>
       <c r="B831" t="s">
         <v>11</v>
       </c>
       <c r="C831" t="s">
         <v>1815</v>
       </c>
       <c r="D831" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
       <c r="E831" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="832" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A832" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
       <c r="B832" t="s">
         <v>11</v>
       </c>
       <c r="C832" t="s">
         <v>1815</v>
       </c>
       <c r="D832" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
       <c r="E832" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="833" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A833" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="B833" t="s">
         <v>11</v>
       </c>
       <c r="C833" t="s">
         <v>1815</v>
       </c>
       <c r="D833" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="E833" t="s">
-        <v>111</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="834" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A834" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="B834" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C834" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="D834" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
       <c r="E834" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="835" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A835" t="s">
         <v>1825</v>
       </c>
       <c r="B835" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C835" t="s">
         <v>1812</v>
       </c>
       <c r="D835" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="E835" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="836" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A836" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
       <c r="B836" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C836" t="s">
-        <v>1829</v>
+        <v>1812</v>
       </c>
       <c r="D836" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="E836" t="s">
-        <v>1831</v>
+        <v>10</v>
       </c>
     </row>
     <row r="837" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A837" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B837" t="s">
+        <v>11</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D837" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E837" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="838" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A838" t="s">
         <v>1832</v>
       </c>
-      <c r="B837" t="s">
+      <c r="B838" t="s">
         <v>36</v>
       </c>
-      <c r="C837" t="s">
+      <c r="C838" t="s">
         <v>1812</v>
       </c>
-      <c r="D837" t="s">
+      <c r="D838" t="s">
         <v>1833</v>
       </c>
-      <c r="E837" t="s">
+      <c r="E838" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="839" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A839" s="1" t="s">
+    <row r="840" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A840" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="B839" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B840" s="1"/>
+      <c r="C840" s="1"/>
+      <c r="D840" s="1"/>
+      <c r="E840" s="1"/>
     </row>
     <row r="841" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A841" t="s">
         <v>1835</v>
       </c>
       <c r="B841" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C841" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="D841" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="E841" t="s">
-        <v>1840</v>
+        <v>10</v>
       </c>
     </row>
     <row r="842" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A842" t="s">
-        <v>1841</v>
+        <v>1835</v>
       </c>
       <c r="B842" t="s">
         <v>11</v>
       </c>
       <c r="C842" t="s">
         <v>1838</v>
       </c>
       <c r="D842" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
       <c r="E842" t="s">
-        <v>208</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="843" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A843" t="s">
         <v>1841</v>
       </c>
       <c r="B843" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C843" t="s">
-        <v>1843</v>
+        <v>1838</v>
       </c>
       <c r="D843" t="s">
-        <v>1844</v>
+        <v>1842</v>
       </c>
       <c r="E843" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="844" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A844" t="s">
         <v>1841</v>
       </c>
       <c r="B844" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C844" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="D844" t="s">
-        <v>1846</v>
+        <v>1844</v>
       </c>
       <c r="E844" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="845" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A845" t="s">
-        <v>1847</v>
+        <v>1841</v>
       </c>
       <c r="B845" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C845" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="D845" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
       <c r="E845" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="847" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A847" s="1" t="s">
+    <row r="846" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A846" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B846" t="s">
+        <v>82</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E846" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="848" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A848" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="B847" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B848" s="1"/>
+      <c r="C848" s="1"/>
+      <c r="D848" s="1"/>
+      <c r="E848" s="1"/>
     </row>
     <row r="849" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A849" t="s">
         <v>1851</v>
       </c>
       <c r="B849" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C849" t="s">
         <v>154</v>
       </c>
       <c r="D849" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
       <c r="E849" t="s">
-        <v>1855</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="850" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A850" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B850" t="s">
+        <v>11</v>
+      </c>
+      <c r="C850" t="s">
+        <v>154</v>
+      </c>
+      <c r="D850" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E850" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="851" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A851" t="s">
         <v>1856</v>
       </c>
-      <c r="B850" t="s">
+      <c r="B851" t="s">
         <v>36</v>
       </c>
-      <c r="C850" t="s">
+      <c r="C851" t="s">
         <v>106</v>
       </c>
-      <c r="D850" t="s">
+      <c r="D851" t="s">
         <v>106</v>
       </c>
-      <c r="E850" t="s">
+      <c r="E851" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="852" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A852" s="1" t="s">
+    <row r="853" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A853" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="B852" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B853" s="1"/>
+      <c r="C853" s="1"/>
+      <c r="D853" s="1"/>
+      <c r="E853" s="1"/>
     </row>
     <row r="854" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A854" t="s">
-        <v>1862</v>
+        <v>1858</v>
       </c>
       <c r="B854" t="s">
         <v>11</v>
       </c>
       <c r="C854" t="s">
-        <v>1863</v>
+        <v>1859</v>
       </c>
       <c r="D854" t="s">
-        <v>1864</v>
+        <v>1860</v>
       </c>
       <c r="E854" t="s">
-        <v>1865</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="855" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A855" t="s">
-        <v>1866</v>
+        <v>1862</v>
       </c>
       <c r="B855" t="s">
         <v>11</v>
       </c>
       <c r="C855" t="s">
-        <v>1867</v>
+        <v>1863</v>
       </c>
       <c r="D855" t="s">
-        <v>1868</v>
+        <v>1864</v>
       </c>
       <c r="E855" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="856" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A856" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="B856" t="s">
         <v>11</v>
       </c>
       <c r="C856" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
       <c r="D856" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="E856" t="s">
-        <v>1865</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="857" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A857" t="s">
-        <v>1871</v>
+        <v>1869</v>
       </c>
       <c r="B857" t="s">
         <v>11</v>
       </c>
       <c r="C857" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="D857" t="s">
-        <v>1873</v>
+        <v>1864</v>
       </c>
       <c r="E857" t="s">
-        <v>208</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="858" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A858" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="B858" t="s">
         <v>11</v>
       </c>
       <c r="C858" t="s">
-        <v>1859</v>
+        <v>1872</v>
       </c>
       <c r="D858" t="s">
-        <v>1875</v>
+        <v>1873</v>
       </c>
       <c r="E858" t="s">
-        <v>1876</v>
+        <v>208</v>
       </c>
     </row>
     <row r="859" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A859" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B859" t="s">
+        <v>11</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D859" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E859" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="860" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A860" t="s">
         <v>1877</v>
       </c>
-      <c r="B859" t="s">
-[...2 lines deleted...]
-      <c r="C859" t="s">
+      <c r="B860" t="s">
+        <v>11</v>
+      </c>
+      <c r="C860" t="s">
         <v>1863</v>
       </c>
-      <c r="D859" t="s">
+      <c r="D860" t="s">
         <v>1878</v>
       </c>
-      <c r="E859" t="s">
+      <c r="E860" t="s">
         <v>1879</v>
       </c>
     </row>
-    <row r="861" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A861" s="1" t="s">
+    <row r="862" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A862" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="B861" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B862" s="1"/>
+      <c r="C862" s="1"/>
+      <c r="D862" s="1"/>
+      <c r="E862" s="1"/>
     </row>
     <row r="863" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A863" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
       <c r="B863" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C863" t="s">
-        <v>154</v>
+        <v>1882</v>
       </c>
       <c r="D863" t="s">
-        <v>1885</v>
+        <v>1883</v>
       </c>
       <c r="E863" t="s">
-        <v>1886</v>
+        <v>10</v>
       </c>
     </row>
     <row r="864" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A864" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="B864" t="s">
         <v>11</v>
       </c>
       <c r="C864" t="s">
-        <v>1888</v>
+        <v>154</v>
       </c>
       <c r="D864" t="s">
-        <v>1889</v>
+        <v>1885</v>
       </c>
       <c r="E864" t="s">
-        <v>1890</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="865" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A865" t="s">
-        <v>1891</v>
+        <v>1887</v>
       </c>
       <c r="B865" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C865" t="s">
-        <v>1892</v>
+        <v>1888</v>
       </c>
       <c r="D865" t="s">
-        <v>1893</v>
+        <v>1889</v>
       </c>
       <c r="E865" t="s">
-        <v>1894</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="866" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A866" t="s">
         <v>1891</v>
       </c>
       <c r="B866" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C866" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
       <c r="D866" t="s">
-        <v>1896</v>
+        <v>1893</v>
       </c>
       <c r="E866" t="s">
         <v>1894</v>
       </c>
     </row>
-    <row r="868" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A868" s="1" t="s">
+    <row r="867" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A867" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B867" t="s">
+        <v>36</v>
+      </c>
+      <c r="C867" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D867" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E867" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="869" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A869" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="B868" s="1"/>
-[...5 lines deleted...]
-      <c r="A869" t="s">
+      <c r="B869" s="1"/>
+      <c r="C869" s="1"/>
+      <c r="D869" s="1"/>
+      <c r="E869" s="1"/>
+    </row>
+    <row r="870" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A870" t="s">
         <v>1898</v>
       </c>
-      <c r="B869" t="s">
-[...2 lines deleted...]
-      <c r="C869" t="s">
+      <c r="B870" t="s">
+        <v>11</v>
+      </c>
+      <c r="C870" t="s">
         <v>1899</v>
       </c>
-      <c r="D869" t="s">
+      <c r="D870" t="s">
         <v>1900</v>
       </c>
-      <c r="E869" t="s">
+      <c r="E870" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="871" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A871" s="1" t="s">
+    <row r="872" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A872" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="B871" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B872" s="1"/>
+      <c r="C872" s="1"/>
+      <c r="D872" s="1"/>
+      <c r="E872" s="1"/>
     </row>
     <row r="873" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A873" t="s">
         <v>1902</v>
       </c>
       <c r="B873" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C873" t="s">
-        <v>154</v>
+        <v>1903</v>
       </c>
       <c r="D873" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
       <c r="E873" t="s">
-        <v>1906</v>
+        <v>10</v>
       </c>
     </row>
     <row r="874" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A874" t="s">
-        <v>1907</v>
+        <v>1902</v>
       </c>
       <c r="B874" t="s">
         <v>11</v>
       </c>
       <c r="C874" t="s">
-        <v>1908</v>
+        <v>154</v>
       </c>
       <c r="D874" t="s">
-        <v>1909</v>
+        <v>1905</v>
       </c>
       <c r="E874" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="875" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A875" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
       <c r="B875" t="s">
         <v>11</v>
       </c>
       <c r="C875" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="D875" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="E875" t="s">
-        <v>208</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="876" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A876" t="s">
         <v>1911</v>
       </c>
       <c r="B876" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C876" t="s">
         <v>1912</v>
       </c>
       <c r="D876" t="s">
-        <v>1914</v>
+        <v>1913</v>
       </c>
       <c r="E876" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="877" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A877" t="s">
         <v>1911</v>
       </c>
       <c r="B877" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C877" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
       <c r="D877" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="E877" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="878" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A878" t="s">
-        <v>1917</v>
+        <v>1911</v>
       </c>
       <c r="B878" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C878" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="D878" t="s">
-        <v>1918</v>
+        <v>1916</v>
       </c>
       <c r="E878" t="s">
-        <v>1919</v>
+        <v>208</v>
       </c>
     </row>
     <row r="879" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A879" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
       <c r="B879" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C879" t="s">
         <v>1912</v>
       </c>
       <c r="D879" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="E879" t="s">
-        <v>208</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="880" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A880" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="B880" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C880" t="s">
         <v>1912</v>
       </c>
       <c r="D880" t="s">
         <v>1921</v>
       </c>
       <c r="E880" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="882" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A882" s="1" t="s">
+    <row r="881" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A881" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B881" t="s">
+        <v>36</v>
+      </c>
+      <c r="C881" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D881" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E881" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="883" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A883" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="B882" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B883" s="1"/>
+      <c r="C883" s="1"/>
+      <c r="D883" s="1"/>
+      <c r="E883" s="1"/>
     </row>
     <row r="884" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A884" t="s">
         <v>1924</v>
       </c>
       <c r="B884" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C884" t="s">
-        <v>154</v>
+        <v>268</v>
       </c>
       <c r="D884" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="E884" t="s">
-        <v>550</v>
+        <v>763</v>
       </c>
     </row>
     <row r="885" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A885" t="s">
-        <v>1927</v>
+        <v>1924</v>
       </c>
       <c r="B885" t="s">
         <v>11</v>
       </c>
       <c r="C885" t="s">
-        <v>1928</v>
+        <v>154</v>
       </c>
       <c r="D885" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
       <c r="E885" t="s">
-        <v>10</v>
+        <v>550</v>
       </c>
     </row>
     <row r="886" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A886" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
       <c r="B886" t="s">
         <v>11</v>
       </c>
       <c r="C886" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
       <c r="D886" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
       <c r="E886" t="s">
-        <v>1894</v>
+        <v>10</v>
       </c>
     </row>
     <row r="887" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A887" t="s">
         <v>1930</v>
       </c>
       <c r="B887" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C887" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
       <c r="D887" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="E887" t="s">
         <v>1894</v>
       </c>
     </row>
     <row r="888" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A888" t="s">
         <v>1930</v>
       </c>
       <c r="B888" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C888" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="D888" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="E888" t="s">
         <v>1894</v>
       </c>
     </row>
     <row r="889" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A889" t="s">
-        <v>1937</v>
+        <v>1930</v>
       </c>
       <c r="B889" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C889" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="D889" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="E889" t="s">
         <v>1894</v>
       </c>
     </row>
-    <row r="891" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A891" s="1" t="s">
+    <row r="890" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A890" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B890" t="s">
+        <v>11</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D890" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E890" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="892" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A892" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="B891" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B892" s="1"/>
+      <c r="C892" s="1"/>
+      <c r="D892" s="1"/>
+      <c r="E892" s="1"/>
     </row>
     <row r="893" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A893" t="s">
         <v>1940</v>
       </c>
       <c r="B893" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C893" t="s">
         <v>106</v>
       </c>
       <c r="D893" t="s">
-        <v>1942</v>
+        <v>1941</v>
       </c>
       <c r="E893" t="s">
-        <v>1943</v>
+        <v>10</v>
       </c>
     </row>
     <row r="894" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A894" t="s">
-        <v>1944</v>
+        <v>1940</v>
       </c>
       <c r="B894" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C894" t="s">
         <v>106</v>
       </c>
       <c r="D894" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="E894" t="s">
-        <v>208</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="895" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A895" t="s">
-        <v>1946</v>
+        <v>1944</v>
       </c>
       <c r="B895" t="s">
         <v>18</v>
       </c>
       <c r="C895" t="s">
         <v>106</v>
       </c>
       <c r="D895" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
       <c r="E895" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="896" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A896" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
       <c r="B896" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C896" t="s">
         <v>106</v>
       </c>
       <c r="D896" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
       <c r="E896" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="897" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A897" t="s">
-        <v>1950</v>
+        <v>1948</v>
       </c>
       <c r="B897" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C897" t="s">
         <v>106</v>
       </c>
       <c r="D897" t="s">
-        <v>1951</v>
+        <v>1949</v>
       </c>
       <c r="E897" t="s">
-        <v>1952</v>
+        <v>208</v>
       </c>
     </row>
     <row r="898" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A898" t="s">
         <v>1950</v>
       </c>
       <c r="B898" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C898" t="s">
         <v>106</v>
       </c>
       <c r="D898" t="s">
-        <v>1953</v>
+        <v>1951</v>
       </c>
       <c r="E898" t="s">
-        <v>111</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="899" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A899" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="B899" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C899" t="s">
         <v>106</v>
       </c>
       <c r="D899" t="s">
-        <v>1955</v>
+        <v>1953</v>
       </c>
       <c r="E899" t="s">
-        <v>1956</v>
+        <v>111</v>
       </c>
     </row>
     <row r="900" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A900" t="s">
         <v>1954</v>
       </c>
       <c r="B900" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C900" t="s">
         <v>106</v>
       </c>
       <c r="D900" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
       <c r="E900" t="s">
-        <v>10</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="901" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A901" t="s">
-        <v>1958</v>
+        <v>1954</v>
       </c>
       <c r="B901" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C901" t="s">
         <v>106</v>
       </c>
       <c r="D901" t="s">
-        <v>1959</v>
+        <v>1957</v>
       </c>
       <c r="E901" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
     </row>
     <row r="902" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A902" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
       <c r="B902" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C902" t="s">
         <v>106</v>
       </c>
       <c r="D902" t="s">
-        <v>1961</v>
+        <v>1959</v>
       </c>
       <c r="E902" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="903" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A903" t="s">
-        <v>1962</v>
+        <v>1960</v>
       </c>
       <c r="B903" t="s">
         <v>7</v>
       </c>
       <c r="C903" t="s">
         <v>106</v>
       </c>
       <c r="D903" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
       <c r="E903" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="904" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A904" t="s">
-        <v>1964</v>
+        <v>1962</v>
       </c>
       <c r="B904" t="s">
         <v>7</v>
       </c>
       <c r="C904" t="s">
         <v>106</v>
       </c>
       <c r="D904" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="E904" t="s">
-        <v>1965</v>
+        <v>10</v>
       </c>
     </row>
     <row r="905" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A905" t="s">
-        <v>1966</v>
+        <v>1964</v>
       </c>
       <c r="B905" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C905" t="s">
         <v>106</v>
       </c>
       <c r="D905" t="s">
-        <v>106</v>
+        <v>1961</v>
       </c>
       <c r="E905" t="s">
-        <v>1967</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="906" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A906" t="s">
-        <v>1968</v>
+        <v>1966</v>
       </c>
       <c r="B906" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C906" t="s">
         <v>106</v>
       </c>
       <c r="D906" t="s">
         <v>106</v>
       </c>
       <c r="E906" t="s">
-        <v>1969</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="907" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A907" t="s">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="B907" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C907" t="s">
         <v>106</v>
       </c>
       <c r="D907" t="s">
-        <v>1971</v>
+        <v>106</v>
       </c>
       <c r="E907" t="s">
-        <v>188</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="908" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A908" t="s">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="B908" t="s">
         <v>11</v>
       </c>
       <c r="C908" t="s">
         <v>106</v>
       </c>
       <c r="D908" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E908" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="909" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A909" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B909" t="s">
+        <v>11</v>
+      </c>
+      <c r="C909" t="s">
+        <v>106</v>
+      </c>
+      <c r="D909" t="s">
         <v>1973</v>
       </c>
-      <c r="E908" t="s">
-[...4 lines deleted...]
-      <c r="A910" s="1" t="s">
+      <c r="E909" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="911" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A911" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="B910" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B911" s="1"/>
+      <c r="C911" s="1"/>
+      <c r="D911" s="1"/>
+      <c r="E911" s="1"/>
     </row>
     <row r="912" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A912" t="s">
         <v>1975</v>
       </c>
       <c r="B912" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C912" t="s">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="D912" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
       <c r="E912" t="s">
-        <v>1980</v>
+        <v>10</v>
       </c>
     </row>
     <row r="913" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A913" t="s">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="B913" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C913" t="s">
-        <v>1982</v>
+        <v>1978</v>
       </c>
       <c r="D913" t="s">
-        <v>1983</v>
+        <v>1979</v>
       </c>
       <c r="E913" t="s">
-        <v>208</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="914" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A914" t="s">
         <v>1981</v>
       </c>
       <c r="B914" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C914" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="D914" t="s">
-        <v>1984</v>
+        <v>1983</v>
       </c>
       <c r="E914" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="915" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A915" t="s">
         <v>1981</v>
       </c>
       <c r="B915" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C915" t="s">
-        <v>1985</v>
+        <v>1978</v>
       </c>
       <c r="D915" t="s">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="E915" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="916" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A916" t="s">
-        <v>1987</v>
+        <v>1981</v>
       </c>
       <c r="B916" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C916" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="D916" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="E916" t="s">
-        <v>1989</v>
+        <v>208</v>
       </c>
     </row>
     <row r="917" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A917" t="s">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="B917" t="s">
         <v>11</v>
       </c>
       <c r="C917" t="s">
-        <v>1991</v>
+        <v>1982</v>
       </c>
       <c r="D917" t="s">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E917" t="s">
-        <v>1993</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="918" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A918" t="s">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="B918" t="s">
         <v>11</v>
       </c>
       <c r="C918" t="s">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="D918" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E918" t="s">
-        <v>208</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="919" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A919" t="s">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="B919" t="s">
         <v>11</v>
       </c>
       <c r="C919" t="s">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="D919" t="s">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E919" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="920" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A920" t="s">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="B920" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C920" t="s">
-        <v>106</v>
+        <v>1998</v>
       </c>
       <c r="D920" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E920" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="921" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A921" t="s">
         <v>2000</v>
       </c>
       <c r="B921" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C921" t="s">
         <v>106</v>
       </c>
       <c r="D921" t="s">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E921" t="s">
-        <v>2003</v>
+        <v>10</v>
       </c>
     </row>
     <row r="922" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A922" t="s">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="B922" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C922" t="s">
         <v>106</v>
       </c>
       <c r="D922" t="s">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E922" t="s">
-        <v>208</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="923" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A923" t="s">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="B923" t="s">
         <v>82</v>
       </c>
       <c r="C923" t="s">
-        <v>1982</v>
+        <v>106</v>
       </c>
       <c r="D923" t="s">
-        <v>1983</v>
+        <v>2005</v>
       </c>
       <c r="E923" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="924" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A924" t="s">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="B924" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C924" t="s">
-        <v>2008</v>
+        <v>1982</v>
       </c>
       <c r="D924" t="s">
-        <v>2009</v>
+        <v>1983</v>
       </c>
       <c r="E924" t="s">
-        <v>2010</v>
+        <v>208</v>
       </c>
     </row>
     <row r="925" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A925" t="s">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="B925" t="s">
         <v>11</v>
       </c>
       <c r="C925" t="s">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="D925" t="s">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E925" t="s">
-        <v>208</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="926" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A926" t="s">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="B926" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C926" t="s">
         <v>2012</v>
       </c>
       <c r="D926" t="s">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E926" t="s">
-        <v>2016</v>
+        <v>208</v>
       </c>
     </row>
     <row r="927" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A927" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B927" t="s">
+        <v>82</v>
+      </c>
+      <c r="C927" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E927" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="928" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A928" t="s">
         <v>2017</v>
       </c>
-      <c r="B927" t="s">
-[...2 lines deleted...]
-      <c r="C927" t="s">
+      <c r="B928" t="s">
+        <v>11</v>
+      </c>
+      <c r="C928" t="s">
         <v>2018</v>
       </c>
-      <c r="D927" t="s">
+      <c r="D928" t="s">
         <v>2019</v>
       </c>
-      <c r="E927" t="s">
+      <c r="E928" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="929" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A929" s="1" t="s">
+    <row r="930" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A930" s="1" t="s">
         <v>2020</v>
       </c>
-      <c r="B929" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B930" s="1"/>
+      <c r="C930" s="1"/>
+      <c r="D930" s="1"/>
+      <c r="E930" s="1"/>
     </row>
     <row r="931" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A931" t="s">
         <v>2021</v>
       </c>
       <c r="B931" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C931" t="s">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="D931" t="s">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="E931" t="s">
-        <v>2027</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="932" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A932" t="s">
-        <v>2028</v>
+        <v>2021</v>
       </c>
       <c r="B932" t="s">
         <v>11</v>
       </c>
       <c r="C932" t="s">
         <v>2025</v>
       </c>
       <c r="D932" t="s">
-        <v>2029</v>
+        <v>2026</v>
       </c>
       <c r="E932" t="s">
-        <v>2030</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="933" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A933" t="s">
         <v>2028</v>
       </c>
       <c r="B933" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C933" t="s">
-        <v>2031</v>
+        <v>2025</v>
       </c>
       <c r="D933" t="s">
-        <v>2032</v>
+        <v>2029</v>
       </c>
       <c r="E933" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="934" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A934" t="s">
         <v>2028</v>
       </c>
       <c r="B934" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C934" t="s">
-        <v>2033</v>
+        <v>2031</v>
       </c>
       <c r="D934" t="s">
-        <v>2034</v>
+        <v>2032</v>
       </c>
       <c r="E934" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="935" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A935" t="s">
-        <v>2035</v>
+        <v>2028</v>
       </c>
       <c r="B935" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C935" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="D935" t="s">
-        <v>2036</v>
+        <v>2034</v>
       </c>
       <c r="E935" t="s">
         <v>2030</v>
       </c>
     </row>
-    <row r="937" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A937" s="1" t="s">
+    <row r="936" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A936" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B936" t="s">
+        <v>82</v>
+      </c>
+      <c r="C936" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E936" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="938" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A938" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="B937" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B938" s="1"/>
+      <c r="C938" s="1"/>
+      <c r="D938" s="1"/>
+      <c r="E938" s="1"/>
     </row>
     <row r="939" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A939" t="s">
         <v>2038</v>
       </c>
       <c r="B939" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C939" t="s">
-        <v>2041</v>
+        <v>2039</v>
       </c>
       <c r="D939" t="s">
-        <v>2042</v>
+        <v>2040</v>
       </c>
       <c r="E939" t="s">
-        <v>1820</v>
+        <v>763</v>
       </c>
     </row>
     <row r="940" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A940" t="s">
-        <v>2043</v>
+        <v>2038</v>
       </c>
       <c r="B940" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C940" t="s">
-        <v>2044</v>
+        <v>2041</v>
       </c>
       <c r="D940" t="s">
-        <v>2045</v>
+        <v>2042</v>
       </c>
       <c r="E940" t="s">
-        <v>208</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="941" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A941" t="s">
-        <v>2046</v>
+        <v>2043</v>
       </c>
       <c r="B941" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C941" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="D941" t="s">
-        <v>2047</v>
+        <v>2045</v>
       </c>
       <c r="E941" t="s">
-        <v>2048</v>
+        <v>208</v>
       </c>
     </row>
     <row r="942" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A942" t="s">
-        <v>2049</v>
+        <v>2046</v>
       </c>
       <c r="B942" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C942" t="s">
-        <v>2044</v>
+        <v>2041</v>
       </c>
       <c r="D942" t="s">
-        <v>2050</v>
+        <v>2047</v>
       </c>
       <c r="E942" t="s">
-        <v>206</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="943" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A943" t="s">
-        <v>2051</v>
+        <v>2049</v>
       </c>
       <c r="B943" t="s">
         <v>82</v>
       </c>
       <c r="C943" t="s">
         <v>2044</v>
       </c>
       <c r="D943" t="s">
-        <v>2052</v>
+        <v>2050</v>
       </c>
       <c r="E943" t="s">
-        <v>2053</v>
+        <v>206</v>
       </c>
     </row>
     <row r="944" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A944" t="s">
-        <v>2054</v>
+        <v>2051</v>
       </c>
       <c r="B944" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C944" t="s">
-        <v>2055</v>
+        <v>2044</v>
       </c>
       <c r="D944" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="E944" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="945" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A945" t="s">
         <v>2054</v>
       </c>
       <c r="B945" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C945" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
       <c r="D945" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="E945" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="946" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A946" t="s">
-        <v>2060</v>
+        <v>2054</v>
       </c>
       <c r="B946" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C946" t="s">
-        <v>2044</v>
+        <v>2058</v>
       </c>
       <c r="D946" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
       <c r="E946" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="947" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A947" t="s">
-        <v>2062</v>
+        <v>2060</v>
       </c>
       <c r="B947" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C947" t="s">
         <v>2044</v>
       </c>
       <c r="D947" t="s">
-        <v>2063</v>
+        <v>2061</v>
       </c>
       <c r="E947" t="s">
-        <v>2064</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="948" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A948" t="s">
-        <v>2065</v>
+        <v>2062</v>
       </c>
       <c r="B948" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C948" t="s">
         <v>2044</v>
       </c>
       <c r="D948" t="s">
-        <v>2066</v>
+        <v>2063</v>
       </c>
       <c r="E948" t="s">
-        <v>2067</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="949" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A949" t="s">
         <v>2065</v>
       </c>
       <c r="B949" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C949" t="s">
         <v>2044</v>
       </c>
       <c r="D949" t="s">
-        <v>2068</v>
+        <v>2066</v>
       </c>
       <c r="E949" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="950" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A950" t="s">
-        <v>2069</v>
+        <v>2065</v>
       </c>
       <c r="B950" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C950" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="D950" t="s">
-        <v>2070</v>
+        <v>2068</v>
       </c>
       <c r="E950" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="951" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A951" t="s">
         <v>2069</v>
       </c>
       <c r="B951" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C951" t="s">
         <v>2041</v>
       </c>
       <c r="D951" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
       <c r="E951" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="952" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A952" t="s">
-        <v>2072</v>
+        <v>2069</v>
       </c>
       <c r="B952" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C952" t="s">
         <v>2041</v>
       </c>
       <c r="D952" t="s">
-        <v>2073</v>
+        <v>2071</v>
       </c>
       <c r="E952" t="s">
-        <v>2074</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="953" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A953" t="s">
         <v>2072</v>
       </c>
       <c r="B953" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C953" t="s">
         <v>2041</v>
       </c>
       <c r="D953" t="s">
-        <v>2075</v>
+        <v>2073</v>
       </c>
       <c r="E953" t="s">
         <v>2074</v>
       </c>
     </row>
-    <row r="955" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A955" s="1" t="s">
+    <row r="954" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A954" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B954" t="s">
+        <v>36</v>
+      </c>
+      <c r="C954" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E954" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="956" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A956" s="1" t="s">
         <v>2076</v>
       </c>
-      <c r="B955" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B956" s="1"/>
+      <c r="C956" s="1"/>
+      <c r="D956" s="1"/>
+      <c r="E956" s="1"/>
     </row>
     <row r="957" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A957" t="s">
-        <v>2080</v>
+        <v>2077</v>
       </c>
       <c r="B957" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C957" t="s">
-        <v>2081</v>
+        <v>1978</v>
       </c>
       <c r="D957" t="s">
-        <v>2082</v>
+        <v>2078</v>
       </c>
       <c r="E957" t="s">
-        <v>2083</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="958" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A958" t="s">
-        <v>2084</v>
+        <v>2080</v>
       </c>
       <c r="B958" t="s">
         <v>82</v>
       </c>
       <c r="C958" t="s">
-        <v>2085</v>
+        <v>2081</v>
       </c>
       <c r="D958" t="s">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="E958" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="959" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A959" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B959" t="s">
+        <v>82</v>
+      </c>
+      <c r="C959" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E959" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="960" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A960" t="s">
         <v>2087</v>
       </c>
-      <c r="B959" t="s">
+      <c r="B960" t="s">
         <v>7</v>
       </c>
-      <c r="C959" t="s">
+      <c r="C960" t="s">
         <v>2088</v>
       </c>
-      <c r="D959" t="s">
+      <c r="D960" t="s">
         <v>2089</v>
       </c>
-      <c r="E959" t="s">
+      <c r="E960" t="s">
         <v>2090</v>
       </c>
     </row>
-    <row r="961" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A961" s="1" t="s">
+    <row r="962" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A962" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="B961" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B962" s="1"/>
+      <c r="C962" s="1"/>
+      <c r="D962" s="1"/>
+      <c r="E962" s="1"/>
     </row>
     <row r="963" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A963" t="s">
-        <v>2094</v>
+        <v>2092</v>
       </c>
       <c r="B963" t="s">
         <v>11</v>
       </c>
       <c r="C963" t="s">
         <v>154</v>
       </c>
       <c r="D963" t="s">
-        <v>2095</v>
+        <v>2093</v>
       </c>
       <c r="E963" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="964" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A964" t="s">
-        <v>2096</v>
+        <v>2094</v>
       </c>
       <c r="B964" t="s">
         <v>11</v>
       </c>
       <c r="C964" t="s">
         <v>154</v>
       </c>
       <c r="D964" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E964" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="965" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A965" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B965" t="s">
+        <v>11</v>
+      </c>
+      <c r="C965" t="s">
+        <v>154</v>
+      </c>
+      <c r="D965" t="s">
         <v>2097</v>
       </c>
-      <c r="E964" t="s">
-[...4 lines deleted...]
-      <c r="A966" s="1" t="s">
+      <c r="E965" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="967" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A967" s="1" t="s">
         <v>2098</v>
       </c>
-      <c r="B966" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B967" s="1"/>
+      <c r="C967" s="1"/>
+      <c r="D967" s="1"/>
+      <c r="E967" s="1"/>
     </row>
     <row r="968" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A968" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B968" t="s">
+        <v>11</v>
+      </c>
+      <c r="C968" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D968" t="s">
+        <v>2101</v>
+      </c>
+      <c r="E968" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="969" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A969" t="s">
         <v>2103</v>
       </c>
-      <c r="B968" t="s">
-[...2 lines deleted...]
-      <c r="C968" t="s">
+      <c r="B969" t="s">
+        <v>11</v>
+      </c>
+      <c r="C969" t="s">
         <v>2104</v>
       </c>
-      <c r="D968" t="s">
+      <c r="D969" t="s">
         <v>2105</v>
       </c>
-      <c r="E968" t="s">
+      <c r="E969" t="s">
         <v>2106</v>
       </c>
     </row>
-    <row r="970" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A970" s="1" t="s">
+    <row r="971" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A971" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="B970" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B971" s="1"/>
+      <c r="C971" s="1"/>
+      <c r="D971" s="1"/>
+      <c r="E971" s="1"/>
     </row>
     <row r="972" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A972" t="s">
         <v>2108</v>
       </c>
       <c r="B972" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C972" t="s">
         <v>2109</v>
       </c>
       <c r="D972" t="s">
-        <v>2111</v>
+        <v>2110</v>
       </c>
       <c r="E972" t="s">
-        <v>2112</v>
+        <v>10</v>
       </c>
     </row>
     <row r="973" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A973" t="s">
-        <v>2113</v>
+        <v>2108</v>
       </c>
       <c r="B973" t="s">
         <v>11</v>
       </c>
       <c r="C973" t="s">
         <v>2109</v>
       </c>
       <c r="D973" t="s">
-        <v>2114</v>
+        <v>2111</v>
       </c>
       <c r="E973" t="s">
-        <v>208</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="974" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A974" t="s">
         <v>2113</v>
       </c>
       <c r="B974" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C974" t="s">
         <v>2109</v>
       </c>
       <c r="D974" t="s">
-        <v>2115</v>
+        <v>2114</v>
       </c>
       <c r="E974" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="975" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A975" t="s">
         <v>2113</v>
       </c>
       <c r="B975" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C975" t="s">
         <v>2109</v>
       </c>
       <c r="D975" t="s">
-        <v>2116</v>
+        <v>2115</v>
       </c>
       <c r="E975" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="977" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A977" s="1" t="s">
+    <row r="976" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A976" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B976" t="s">
+        <v>36</v>
+      </c>
+      <c r="C976" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D976" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E976" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="978" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A978" s="1" t="s">
         <v>2117</v>
       </c>
-      <c r="B977" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B978" s="1"/>
+      <c r="C978" s="1"/>
+      <c r="D978" s="1"/>
+      <c r="E978" s="1"/>
     </row>
     <row r="979" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A979" t="s">
         <v>2118</v>
       </c>
       <c r="B979" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C979" t="s">
-        <v>2121</v>
+        <v>2119</v>
       </c>
       <c r="D979" t="s">
-        <v>2122</v>
+        <v>2120</v>
       </c>
       <c r="E979" t="s">
-        <v>2123</v>
+        <v>10</v>
       </c>
     </row>
     <row r="980" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A980" t="s">
-        <v>2124</v>
+        <v>2118</v>
       </c>
       <c r="B980" t="s">
         <v>11</v>
       </c>
       <c r="C980" t="s">
-        <v>2125</v>
+        <v>2121</v>
       </c>
       <c r="D980" t="s">
-        <v>2126</v>
+        <v>2122</v>
       </c>
       <c r="E980" t="s">
-        <v>208</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="981" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A981" t="s">
         <v>2124</v>
       </c>
       <c r="B981" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C981" t="s">
-        <v>2127</v>
+        <v>2125</v>
       </c>
       <c r="D981" t="s">
-        <v>2128</v>
+        <v>2126</v>
       </c>
       <c r="E981" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="982" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A982" t="s">
         <v>2124</v>
       </c>
       <c r="B982" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C982" t="s">
-        <v>2129</v>
+        <v>2127</v>
       </c>
       <c r="D982" t="s">
-        <v>2130</v>
+        <v>2128</v>
       </c>
       <c r="E982" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="983" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A983" t="s">
-        <v>2131</v>
+        <v>2124</v>
       </c>
       <c r="B983" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C983" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="D983" t="s">
-        <v>2133</v>
+        <v>2130</v>
       </c>
       <c r="E983" t="s">
-        <v>338</v>
+        <v>208</v>
       </c>
     </row>
     <row r="984" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A984" t="s">
-        <v>2134</v>
+        <v>2131</v>
       </c>
       <c r="B984" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C984" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
       <c r="D984" t="s">
-        <v>2136</v>
+        <v>2133</v>
       </c>
       <c r="E984" t="s">
-        <v>2137</v>
+        <v>338</v>
       </c>
     </row>
     <row r="985" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A985" t="s">
-        <v>2138</v>
+        <v>2134</v>
       </c>
       <c r="B985" t="s">
         <v>18</v>
       </c>
       <c r="C985" t="s">
-        <v>2139</v>
+        <v>2135</v>
       </c>
       <c r="D985" t="s">
-        <v>2140</v>
+        <v>2136</v>
       </c>
       <c r="E985" t="s">
-        <v>208</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="986" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A986" t="s">
-        <v>2141</v>
+        <v>2138</v>
       </c>
       <c r="B986" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C986" t="s">
-        <v>2142</v>
+        <v>2139</v>
       </c>
       <c r="D986" t="s">
-        <v>2143</v>
+        <v>2140</v>
       </c>
       <c r="E986" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="987" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A987" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B987" t="s">
+        <v>7</v>
+      </c>
+      <c r="C987" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D987" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E987" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="988" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A988" t="s">
         <v>2144</v>
       </c>
-      <c r="B987" t="s">
+      <c r="B988" t="s">
         <v>36</v>
       </c>
-      <c r="C987" t="s">
+      <c r="C988" t="s">
         <v>2129</v>
       </c>
-      <c r="D987" t="s">
+      <c r="D988" t="s">
         <v>2145</v>
       </c>
-      <c r="E987" t="s">
+      <c r="E988" t="s">
         <v>2146</v>
       </c>
     </row>
-    <row r="989" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A989" s="1" t="s">
+    <row r="990" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A990" s="1" t="s">
         <v>2147</v>
       </c>
-      <c r="B989" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B990" s="1"/>
+      <c r="C990" s="1"/>
+      <c r="D990" s="1"/>
+      <c r="E990" s="1"/>
     </row>
     <row r="991" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A991" t="s">
-        <v>2152</v>
+        <v>2148</v>
       </c>
       <c r="B991" t="s">
         <v>11</v>
       </c>
       <c r="C991" t="s">
         <v>2149</v>
       </c>
       <c r="D991" t="s">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="E991" t="s">
-        <v>208</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="992" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A992" t="s">
         <v>2152</v>
       </c>
       <c r="B992" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C992" t="s">
-        <v>2154</v>
+        <v>2149</v>
       </c>
       <c r="D992" t="s">
-        <v>2155</v>
+        <v>2153</v>
       </c>
       <c r="E992" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="993" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A993" t="s">
         <v>2152</v>
       </c>
       <c r="B993" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C993" t="s">
-        <v>2156</v>
+        <v>2154</v>
       </c>
       <c r="D993" t="s">
-        <v>2157</v>
+        <v>2155</v>
       </c>
       <c r="E993" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="994" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A994" t="s">
-        <v>2158</v>
+        <v>2152</v>
       </c>
       <c r="B994" t="s">
         <v>82</v>
       </c>
       <c r="C994" t="s">
         <v>2156</v>
       </c>
       <c r="D994" t="s">
-        <v>2159</v>
+        <v>2157</v>
       </c>
       <c r="E994" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="995" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A995" t="s">
-        <v>2160</v>
+        <v>2158</v>
       </c>
       <c r="B995" t="s">
         <v>82</v>
       </c>
       <c r="C995" t="s">
-        <v>2161</v>
+        <v>2156</v>
       </c>
       <c r="D995" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="E995" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="996" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A996" t="s">
-        <v>2163</v>
+        <v>2160</v>
       </c>
       <c r="B996" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C996" t="s">
-        <v>2164</v>
+        <v>2161</v>
       </c>
       <c r="D996" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="E996" t="s">
-        <v>2166</v>
+        <v>208</v>
       </c>
     </row>
     <row r="997" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A997" t="s">
-        <v>2167</v>
+        <v>2163</v>
       </c>
       <c r="B997" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C997" t="s">
         <v>2164</v>
       </c>
       <c r="D997" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E997" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="998" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A998" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B998" t="s">
+        <v>36</v>
+      </c>
+      <c r="C998" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D998" t="s">
         <v>344</v>
       </c>
-      <c r="E997" t="s">
+      <c r="E998" t="s">
         <v>2168</v>
       </c>
     </row>
-    <row r="999" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A999" s="1" t="s">
+    <row r="1000" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1000" s="1" t="s">
         <v>2169</v>
       </c>
-      <c r="B999" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1000" s="1"/>
+      <c r="C1000" s="1"/>
+      <c r="D1000" s="1"/>
+      <c r="E1000" s="1"/>
     </row>
     <row r="1001" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1001" t="s">
-        <v>2174</v>
+        <v>2170</v>
       </c>
       <c r="B1001" t="s">
         <v>11</v>
       </c>
       <c r="C1001" t="s">
-        <v>2175</v>
+        <v>2171</v>
       </c>
       <c r="D1001" t="s">
-        <v>2176</v>
+        <v>2172</v>
       </c>
       <c r="E1001" t="s">
-        <v>2177</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1002" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1002" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1003" t="s">
         <v>2178</v>
       </c>
-      <c r="B1002" t="s">
+      <c r="B1003" t="s">
         <v>82</v>
       </c>
-      <c r="C1002" t="s">
+      <c r="C1003" t="s">
         <v>2179</v>
       </c>
-      <c r="D1002" t="s">
+      <c r="D1003" t="s">
         <v>2180</v>
       </c>
-      <c r="E1002" t="s">
+      <c r="E1003" t="s">
         <v>2181</v>
       </c>
     </row>
-    <row r="1004" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1004" s="1" t="s">
+    <row r="1005" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1005" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="B1004" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1005" s="1"/>
+      <c r="C1005" s="1"/>
+      <c r="D1005" s="1"/>
+      <c r="E1005" s="1"/>
     </row>
     <row r="1006" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1006" t="s">
         <v>2183</v>
       </c>
       <c r="B1006" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1006" t="s">
-        <v>2186</v>
+        <v>2184</v>
       </c>
       <c r="D1006" t="s">
-        <v>2187</v>
+        <v>2185</v>
       </c>
       <c r="E1006" t="s">
-        <v>2188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1007" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1007" t="s">
-        <v>2189</v>
+        <v>2183</v>
       </c>
       <c r="B1007" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1007" t="s">
-        <v>2190</v>
+        <v>2186</v>
       </c>
       <c r="D1007" t="s">
-        <v>2191</v>
+        <v>2187</v>
       </c>
       <c r="E1007" t="s">
-        <v>208</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="1008" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1008" t="s">
         <v>2189</v>
       </c>
       <c r="B1008" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1008" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="D1008" t="s">
-        <v>2192</v>
+        <v>2191</v>
       </c>
       <c r="E1008" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1009" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1009" t="s">
         <v>2189</v>
       </c>
       <c r="B1009" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1009" t="s">
-        <v>2193</v>
+        <v>2186</v>
       </c>
       <c r="D1009" t="s">
-        <v>2194</v>
+        <v>2192</v>
       </c>
       <c r="E1009" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1011" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1011" s="1" t="s">
+    <row r="1010" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1010" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>2194</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1012" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="B1011" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1012" s="1"/>
+      <c r="C1012" s="1"/>
+      <c r="D1012" s="1"/>
+      <c r="E1012" s="1"/>
     </row>
     <row r="1013" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1013" t="s">
         <v>2196</v>
       </c>
       <c r="B1013" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1013" t="s">
-        <v>2199</v>
+        <v>2197</v>
       </c>
       <c r="D1013" t="s">
-        <v>2200</v>
+        <v>2198</v>
       </c>
       <c r="E1013" t="s">
-        <v>2201</v>
+        <v>763</v>
       </c>
     </row>
     <row r="1014" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1014" t="s">
-        <v>2202</v>
+        <v>2196</v>
       </c>
       <c r="B1014" t="s">
         <v>11</v>
       </c>
       <c r="C1014" t="s">
-        <v>2203</v>
+        <v>2199</v>
       </c>
       <c r="D1014" t="s">
-        <v>2204</v>
+        <v>2200</v>
       </c>
       <c r="E1014" t="s">
-        <v>763</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="1015" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1015" t="s">
-        <v>2205</v>
+        <v>2202</v>
       </c>
       <c r="B1015" t="s">
         <v>11</v>
       </c>
       <c r="C1015" t="s">
         <v>2203</v>
       </c>
       <c r="D1015" t="s">
-        <v>2206</v>
+        <v>2204</v>
       </c>
       <c r="E1015" t="s">
-        <v>2207</v>
+        <v>763</v>
       </c>
     </row>
     <row r="1016" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1016" t="s">
         <v>2205</v>
       </c>
       <c r="B1016" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1016" t="s">
         <v>2203</v>
       </c>
       <c r="D1016" t="s">
-        <v>2208</v>
+        <v>2206</v>
       </c>
       <c r="E1016" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="1017" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1017" t="s">
         <v>2205</v>
       </c>
       <c r="B1017" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1017" t="s">
-        <v>2209</v>
+        <v>2203</v>
       </c>
       <c r="D1017" t="s">
-        <v>2210</v>
+        <v>2208</v>
       </c>
       <c r="E1017" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="1018" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1018" t="s">
-        <v>2211</v>
+        <v>2205</v>
       </c>
       <c r="B1018" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1018" t="s">
-        <v>2203</v>
+        <v>2209</v>
       </c>
       <c r="D1018" t="s">
-        <v>2212</v>
+        <v>2210</v>
       </c>
       <c r="E1018" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="1019" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1019" t="s">
-        <v>2213</v>
+        <v>2211</v>
       </c>
       <c r="B1019" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1019" t="s">
         <v>2203</v>
       </c>
       <c r="D1019" t="s">
-        <v>2214</v>
+        <v>2212</v>
       </c>
       <c r="E1019" t="s">
-        <v>206</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="1020" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1020" t="s">
-        <v>2215</v>
+        <v>2213</v>
       </c>
       <c r="B1020" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1020" t="s">
         <v>2203</v>
       </c>
       <c r="D1020" t="s">
-        <v>2216</v>
+        <v>2214</v>
       </c>
       <c r="E1020" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="1021" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1021" t="s">
-        <v>2217</v>
+        <v>2215</v>
       </c>
       <c r="B1021" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C1021" t="s">
         <v>2203</v>
       </c>
       <c r="D1021" t="s">
-        <v>2218</v>
+        <v>2216</v>
       </c>
       <c r="E1021" t="s">
-        <v>2207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1022" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1022" t="s">
-        <v>2219</v>
+        <v>2217</v>
       </c>
       <c r="B1022" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1022" t="s">
         <v>2203</v>
       </c>
       <c r="D1022" t="s">
-        <v>2220</v>
+        <v>2218</v>
       </c>
       <c r="E1022" t="s">
-        <v>763</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="1023" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1023" t="s">
-        <v>2221</v>
+        <v>2219</v>
       </c>
       <c r="B1023" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1023" t="s">
         <v>2203</v>
       </c>
       <c r="D1023" t="s">
-        <v>2222</v>
+        <v>2220</v>
       </c>
       <c r="E1023" t="s">
-        <v>206</v>
+        <v>763</v>
       </c>
     </row>
     <row r="1024" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1024" t="s">
         <v>2221</v>
       </c>
       <c r="B1024" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1024" t="s">
         <v>2203</v>
       </c>
       <c r="D1024" t="s">
-        <v>2223</v>
+        <v>2222</v>
       </c>
       <c r="E1024" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="1025" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1025" t="s">
         <v>2221</v>
       </c>
       <c r="B1025" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1025" t="s">
         <v>2203</v>
       </c>
       <c r="D1025" t="s">
-        <v>2224</v>
+        <v>2223</v>
       </c>
       <c r="E1025" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="1026" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1026" t="s">
-        <v>2225</v>
+        <v>2221</v>
       </c>
       <c r="B1026" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1026" t="s">
         <v>2203</v>
       </c>
       <c r="D1026" t="s">
-        <v>2226</v>
+        <v>2224</v>
       </c>
       <c r="E1026" t="s">
-        <v>2227</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1027" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1027" t="s">
-        <v>2228</v>
+        <v>2225</v>
       </c>
       <c r="B1027" t="s">
         <v>11</v>
       </c>
       <c r="C1027" t="s">
         <v>2203</v>
       </c>
       <c r="D1027" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1028" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D1028" t="s">
         <v>2229</v>
       </c>
-      <c r="E1027" t="s">
+      <c r="E1028" t="s">
         <v>2230</v>
       </c>
     </row>
-    <row r="1029" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1029" s="1" t="s">
+    <row r="1030" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1030" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="B1029" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1030" s="1"/>
+      <c r="C1030" s="1"/>
+      <c r="D1030" s="1"/>
+      <c r="E1030" s="1"/>
     </row>
     <row r="1031" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1031" t="s">
         <v>2232</v>
       </c>
       <c r="B1031" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1031" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
       <c r="D1031" t="s">
-        <v>2236</v>
+        <v>2234</v>
       </c>
       <c r="E1031" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1032" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1032" t="s">
-        <v>2237</v>
+        <v>2232</v>
       </c>
       <c r="B1032" t="s">
         <v>11</v>
       </c>
       <c r="C1032" t="s">
         <v>2235</v>
       </c>
       <c r="D1032" t="s">
-        <v>2238</v>
+        <v>2236</v>
       </c>
       <c r="E1032" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1033" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1033" t="s">
         <v>2237</v>
       </c>
       <c r="B1033" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1033" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="D1033" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="E1033" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1034" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1034" t="s">
         <v>2237</v>
       </c>
       <c r="B1034" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1034" t="s">
         <v>2233</v>
       </c>
       <c r="D1034" t="s">
-        <v>2240</v>
+        <v>2239</v>
       </c>
       <c r="E1034" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1035" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1035" t="s">
-        <v>2241</v>
+        <v>2237</v>
       </c>
       <c r="B1035" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1035" t="s">
-        <v>2242</v>
+        <v>2233</v>
       </c>
       <c r="D1035" t="s">
-        <v>2243</v>
+        <v>2240</v>
       </c>
       <c r="E1035" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1036" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1036" t="s">
-        <v>2244</v>
+        <v>2241</v>
       </c>
       <c r="B1036" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1036" t="s">
         <v>2242</v>
       </c>
       <c r="D1036" t="s">
-        <v>2245</v>
+        <v>2243</v>
       </c>
       <c r="E1036" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1037" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1037" t="s">
         <v>2244</v>
       </c>
       <c r="B1037" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1037" t="s">
         <v>2242</v>
       </c>
       <c r="D1037" t="s">
-        <v>2246</v>
+        <v>2245</v>
       </c>
       <c r="E1037" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1038" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1038" t="s">
         <v>2244</v>
       </c>
       <c r="B1038" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1038" t="s">
         <v>2242</v>
       </c>
       <c r="D1038" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
       <c r="E1038" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1039" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1039" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1040" t="s">
         <v>2248</v>
       </c>
-      <c r="B1039" t="s">
-[...2 lines deleted...]
-      <c r="C1039" t="s">
+      <c r="B1040" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1040" t="s">
         <v>2235</v>
       </c>
-      <c r="D1039" t="s">
+      <c r="D1040" t="s">
         <v>2249</v>
       </c>
-      <c r="E1039" t="s">
+      <c r="E1040" t="s">
         <v>2250</v>
       </c>
     </row>
-    <row r="1041" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1041" s="1" t="s">
+    <row r="1042" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1042" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="B1041" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1042" s="1"/>
+      <c r="C1042" s="1"/>
+      <c r="D1042" s="1"/>
+      <c r="E1042" s="1"/>
     </row>
     <row r="1043" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1043" t="s">
         <v>2252</v>
       </c>
       <c r="B1043" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1043" t="s">
-        <v>2255</v>
+        <v>2253</v>
       </c>
       <c r="D1043" t="s">
-        <v>2256</v>
+        <v>2254</v>
       </c>
       <c r="E1043" t="s">
-        <v>2188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1044" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1044" t="s">
-        <v>2257</v>
+        <v>2252</v>
       </c>
       <c r="B1044" t="s">
         <v>11</v>
       </c>
       <c r="C1044" t="s">
         <v>2255</v>
       </c>
       <c r="D1044" t="s">
-        <v>2258</v>
+        <v>2256</v>
       </c>
       <c r="E1044" t="s">
-        <v>208</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="1045" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1045" t="s">
         <v>2257</v>
       </c>
       <c r="B1045" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1045" t="s">
-        <v>2259</v>
+        <v>2255</v>
       </c>
       <c r="D1045" t="s">
-        <v>2260</v>
+        <v>2258</v>
       </c>
       <c r="E1045" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1046" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1046" t="s">
         <v>2257</v>
       </c>
       <c r="B1046" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1046" t="s">
-        <v>2261</v>
+        <v>2259</v>
       </c>
       <c r="D1046" t="s">
-        <v>2262</v>
+        <v>2260</v>
       </c>
       <c r="E1046" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1048" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1048" s="1" t="s">
+    <row r="1047" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1047" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1049" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="B1048" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1049" s="1"/>
+      <c r="C1049" s="1"/>
+      <c r="D1049" s="1"/>
+      <c r="E1049" s="1"/>
     </row>
     <row r="1050" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1050" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
       <c r="B1050" t="s">
         <v>11</v>
       </c>
       <c r="C1050" t="s">
         <v>2265</v>
       </c>
       <c r="D1050" t="s">
-        <v>2268</v>
+        <v>2266</v>
       </c>
       <c r="E1050" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1051" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1051" t="s">
-        <v>2269</v>
+        <v>2267</v>
       </c>
       <c r="B1051" t="s">
         <v>11</v>
       </c>
       <c r="C1051" t="s">
-        <v>2270</v>
+        <v>2265</v>
       </c>
       <c r="D1051" t="s">
-        <v>2271</v>
+        <v>2268</v>
       </c>
       <c r="E1051" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1052" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1052" t="s">
-        <v>2272</v>
+        <v>2269</v>
       </c>
       <c r="B1052" t="s">
         <v>11</v>
       </c>
       <c r="C1052" t="s">
-        <v>154</v>
+        <v>2270</v>
       </c>
       <c r="D1052" t="s">
-        <v>2273</v>
+        <v>2271</v>
       </c>
       <c r="E1052" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1053" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1053" t="s">
-        <v>2274</v>
+        <v>2272</v>
       </c>
       <c r="B1053" t="s">
         <v>11</v>
       </c>
       <c r="C1053" t="s">
         <v>154</v>
       </c>
       <c r="D1053" t="s">
+        <v>2273</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1054" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1054" t="s">
+        <v>154</v>
+      </c>
+      <c r="D1054" t="s">
         <v>2275</v>
       </c>
-      <c r="E1053" t="s">
+      <c r="E1054" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="1055" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1055" s="1" t="s">
+    <row r="1056" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1056" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="B1055" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1056" s="1"/>
+      <c r="C1056" s="1"/>
+      <c r="D1056" s="1"/>
+      <c r="E1056" s="1"/>
     </row>
     <row r="1057" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1057" t="s">
-        <v>2280</v>
+        <v>2277</v>
       </c>
       <c r="B1057" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C1057" t="s">
-        <v>2281</v>
+        <v>2278</v>
       </c>
       <c r="D1057" t="s">
-        <v>2282</v>
+        <v>2279</v>
       </c>
       <c r="E1057" t="s">
-        <v>2283</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1058" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1058" t="s">
-        <v>2284</v>
+        <v>2280</v>
       </c>
       <c r="B1058" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1058" t="s">
-        <v>2285</v>
+        <v>2281</v>
       </c>
       <c r="D1058" t="s">
-        <v>2286</v>
+        <v>2282</v>
       </c>
       <c r="E1058" t="s">
-        <v>2287</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="1059" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1059" t="s">
         <v>2284</v>
       </c>
       <c r="B1059" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1059" t="s">
-        <v>2288</v>
+        <v>2285</v>
       </c>
       <c r="D1059" t="s">
-        <v>2289</v>
+        <v>2286</v>
       </c>
       <c r="E1059" t="s">
-        <v>2290</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="1060" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1060" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>82</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>2289</v>
+      </c>
+      <c r="E1060" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1061" t="s">
         <v>2291</v>
       </c>
-      <c r="B1060" t="s">
-[...2 lines deleted...]
-      <c r="C1060" t="s">
+      <c r="B1061" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1061" t="s">
         <v>2292</v>
       </c>
-      <c r="D1060" t="s">
+      <c r="D1061" t="s">
         <v>2293</v>
       </c>
-      <c r="E1060" t="s">
+      <c r="E1061" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="1062" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1062" s="1" t="s">
+    <row r="1063" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1063" s="1" t="s">
         <v>2294</v>
       </c>
-      <c r="B1062" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1063" s="1"/>
+      <c r="C1063" s="1"/>
+      <c r="D1063" s="1"/>
+      <c r="E1063" s="1"/>
     </row>
     <row r="1064" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1064" t="s">
-        <v>2298</v>
+        <v>2295</v>
       </c>
       <c r="B1064" t="s">
         <v>7</v>
       </c>
       <c r="C1064" t="s">
-        <v>2299</v>
+        <v>2296</v>
       </c>
       <c r="D1064" t="s">
-        <v>2300</v>
+        <v>2297</v>
       </c>
       <c r="E1064" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1065" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1065" t="s">
-        <v>2301</v>
+        <v>2298</v>
       </c>
       <c r="B1065" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1065" t="s">
-        <v>2302</v>
+        <v>2299</v>
       </c>
       <c r="D1065" t="s">
-        <v>2303</v>
+        <v>2300</v>
       </c>
       <c r="E1065" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1066" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1066" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>2303</v>
+      </c>
+      <c r="E1066" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1067" t="s">
         <v>2304</v>
       </c>
-      <c r="B1066" t="s">
+      <c r="B1067" t="s">
         <v>18</v>
       </c>
-      <c r="C1066" t="s">
+      <c r="C1067" t="s">
         <v>106</v>
       </c>
-      <c r="D1066" t="s">
+      <c r="D1067" t="s">
         <v>2305</v>
       </c>
-      <c r="E1066" t="s">
+      <c r="E1067" t="s">
         <v>2306</v>
       </c>
     </row>
-    <row r="1068" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1068" s="1" t="s">
+    <row r="1069" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1069" s="1" t="s">
         <v>2307</v>
       </c>
-      <c r="B1068" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1069" s="1"/>
+      <c r="C1069" s="1"/>
+      <c r="D1069" s="1"/>
+      <c r="E1069" s="1"/>
     </row>
     <row r="1070" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1070" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
       <c r="B1070" t="s">
         <v>11</v>
       </c>
       <c r="C1070" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
       <c r="D1070" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
       <c r="E1070" t="s">
-        <v>2314</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1071" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1071" t="s">
-        <v>2315</v>
+        <v>2311</v>
       </c>
       <c r="B1071" t="s">
         <v>11</v>
       </c>
       <c r="C1071" t="s">
-        <v>2316</v>
+        <v>2312</v>
       </c>
       <c r="D1071" t="s">
-        <v>2317</v>
+        <v>2313</v>
       </c>
       <c r="E1071" t="s">
-        <v>2318</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="1072" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1072" t="s">
-        <v>2319</v>
+        <v>2315</v>
       </c>
       <c r="B1072" t="s">
         <v>11</v>
       </c>
       <c r="C1072" t="s">
-        <v>2320</v>
+        <v>2316</v>
       </c>
       <c r="D1072" t="s">
-        <v>2321</v>
+        <v>2317</v>
       </c>
       <c r="E1072" t="s">
-        <v>2322</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="1073" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1073" t="s">
-        <v>2323</v>
+        <v>2319</v>
       </c>
       <c r="B1073" t="s">
         <v>11</v>
       </c>
       <c r="C1073" t="s">
         <v>2320</v>
       </c>
       <c r="D1073" t="s">
-        <v>2324</v>
+        <v>2321</v>
       </c>
       <c r="E1073" t="s">
-        <v>338</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="1074" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1074" t="s">
-        <v>2325</v>
+        <v>2323</v>
       </c>
       <c r="B1074" t="s">
         <v>11</v>
       </c>
       <c r="C1074" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="D1074" t="s">
-        <v>2326</v>
+        <v>2324</v>
       </c>
       <c r="E1074" t="s">
-        <v>208</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1075" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1075" t="s">
-        <v>2327</v>
+        <v>2325</v>
       </c>
       <c r="B1075" t="s">
         <v>11</v>
       </c>
       <c r="C1075" t="s">
-        <v>2328</v>
+        <v>2316</v>
       </c>
       <c r="D1075" t="s">
-        <v>2329</v>
+        <v>2326</v>
       </c>
       <c r="E1075" t="s">
-        <v>2330</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1076" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1076" t="s">
-        <v>2331</v>
+        <v>2327</v>
       </c>
       <c r="B1076" t="s">
         <v>11</v>
       </c>
       <c r="C1076" t="s">
-        <v>2332</v>
+        <v>2328</v>
       </c>
       <c r="D1076" t="s">
         <v>2329</v>
       </c>
       <c r="E1076" t="s">
-        <v>10</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="1077" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1077" t="s">
-        <v>2333</v>
+        <v>2331</v>
       </c>
       <c r="B1077" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1077" t="s">
-        <v>2334</v>
+        <v>2332</v>
       </c>
       <c r="D1077" t="s">
-        <v>2335</v>
+        <v>2329</v>
       </c>
       <c r="E1077" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1078" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1078" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
       <c r="B1078" t="s">
         <v>7</v>
       </c>
       <c r="C1078" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
       <c r="D1078" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
       <c r="E1078" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1079" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1079" t="s">
-        <v>2339</v>
+        <v>2336</v>
       </c>
       <c r="B1079" t="s">
         <v>7</v>
       </c>
       <c r="C1079" t="s">
-        <v>2340</v>
+        <v>2337</v>
       </c>
       <c r="D1079" t="s">
-        <v>2341</v>
+        <v>2338</v>
       </c>
       <c r="E1079" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1081" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1081" s="1" t="s">
+    <row r="1080" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1080" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1080" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D1080" t="s">
+        <v>2341</v>
+      </c>
+      <c r="E1080" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1082" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="B1081" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1082" s="1"/>
+      <c r="C1082" s="1"/>
+      <c r="D1082" s="1"/>
+      <c r="E1082" s="1"/>
     </row>
     <row r="1083" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1083" t="s">
         <v>2343</v>
       </c>
       <c r="B1083" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1083" t="s">
-        <v>2347</v>
+        <v>2344</v>
       </c>
       <c r="D1083" t="s">
-        <v>2348</v>
+        <v>2345</v>
       </c>
       <c r="E1083" t="s">
-        <v>10</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="1084" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1084" t="s">
-        <v>2349</v>
+        <v>2343</v>
       </c>
       <c r="B1084" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1084" t="s">
-        <v>2350</v>
+        <v>2347</v>
       </c>
       <c r="D1084" t="s">
-        <v>2351</v>
+        <v>2348</v>
       </c>
       <c r="E1084" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1085" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1085" t="s">
         <v>2349</v>
       </c>
       <c r="B1085" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1085" t="s">
-        <v>2352</v>
+        <v>2350</v>
       </c>
       <c r="D1085" t="s">
-        <v>2353</v>
+        <v>2351</v>
       </c>
       <c r="E1085" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1086" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1086" t="s">
         <v>2349</v>
       </c>
       <c r="B1086" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C1086" t="s">
-        <v>2354</v>
+        <v>2352</v>
       </c>
       <c r="D1086" t="s">
-        <v>2355</v>
+        <v>2353</v>
       </c>
       <c r="E1086" t="s">
-        <v>2356</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1087" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1087" t="s">
-        <v>2357</v>
+        <v>2349</v>
       </c>
       <c r="B1087" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1087" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="D1087" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="E1087" t="s">
-        <v>2360</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1088" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1088" t="s">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="B1088" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1088" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="D1088" t="s">
-        <v>2363</v>
+        <v>2359</v>
       </c>
       <c r="E1088" t="s">
-        <v>208</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="1089" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1089" t="s">
-        <v>2364</v>
+        <v>2361</v>
       </c>
       <c r="B1089" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1089" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
       <c r="D1089" t="s">
-        <v>2366</v>
+        <v>2363</v>
       </c>
       <c r="E1089" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1090" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1090" t="s">
-        <v>2367</v>
+        <v>2364</v>
       </c>
       <c r="B1090" t="s">
         <v>7</v>
       </c>
       <c r="C1090" t="s">
-        <v>2368</v>
+        <v>2365</v>
       </c>
       <c r="D1090" t="s">
-        <v>2359</v>
+        <v>2366</v>
       </c>
       <c r="E1090" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1091" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1091" t="s">
-        <v>2369</v>
+        <v>2367</v>
       </c>
       <c r="B1091" t="s">
         <v>7</v>
       </c>
       <c r="C1091" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1092" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1092" t="s">
         <v>2370</v>
       </c>
-      <c r="D1091" t="s">
+      <c r="D1092" t="s">
         <v>2371</v>
       </c>
-      <c r="E1091" t="s">
+      <c r="E1092" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1093" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1093" s="1" t="s">
+    <row r="1094" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1094" s="1" t="s">
         <v>2372</v>
       </c>
-      <c r="B1093" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1094" s="1"/>
+      <c r="C1094" s="1"/>
+      <c r="D1094" s="1"/>
+      <c r="E1094" s="1"/>
     </row>
     <row r="1095" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1095" t="s">
         <v>2373</v>
       </c>
       <c r="B1095" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1095" t="s">
-        <v>2375</v>
+        <v>2374</v>
       </c>
       <c r="D1095" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="E1095" t="s">
-        <v>1665</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1096" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1096" t="s">
-        <v>2376</v>
+        <v>2373</v>
       </c>
       <c r="B1096" t="s">
         <v>11</v>
       </c>
       <c r="C1096" t="s">
-        <v>2377</v>
+        <v>2375</v>
       </c>
       <c r="D1096" t="s">
         <v>1664</v>
       </c>
       <c r="E1096" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="1097" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1097" t="s">
         <v>2376</v>
       </c>
       <c r="B1097" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1097" t="s">
-        <v>2378</v>
+        <v>2377</v>
       </c>
       <c r="D1097" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="E1097" t="s">
-        <v>208</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="1098" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1098" t="s">
         <v>2376</v>
       </c>
       <c r="B1098" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1098" t="s">
-        <v>2379</v>
+        <v>2378</v>
       </c>
       <c r="D1098" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="E1098" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1100" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1100" s="1" t="s">
+    <row r="1099" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1099" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B1099" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1099" t="s">
+        <v>2379</v>
+      </c>
+      <c r="D1099" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E1099" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1101" s="1" t="s">
         <v>2380</v>
       </c>
-      <c r="B1100" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1101" s="1"/>
+      <c r="C1101" s="1"/>
+      <c r="D1101" s="1"/>
+      <c r="E1101" s="1"/>
     </row>
     <row r="1102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1102" t="s">
         <v>2381</v>
       </c>
       <c r="B1102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1102" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>155</v>
+      </c>
+      <c r="E1102" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1103" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B1103" t="s">
         <v>82</v>
       </c>
-      <c r="C1102" t="s">
+      <c r="C1103" t="s">
         <v>2383</v>
       </c>
-      <c r="D1102" t="s">
+      <c r="D1103" t="s">
         <v>2384</v>
       </c>
-      <c r="E1102" t="s">
-[...4 lines deleted...]
-      <c r="A1104" s="1" t="s">
+      <c r="E1103" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1105" s="1" t="s">
         <v>2385</v>
       </c>
-      <c r="B1104" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1105" s="1"/>
+      <c r="C1105" s="1"/>
+      <c r="D1105" s="1"/>
+      <c r="E1105" s="1"/>
     </row>
     <row r="1106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1106" t="s">
         <v>2386</v>
       </c>
       <c r="B1106" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1106" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
       <c r="D1106" t="s">
-        <v>2390</v>
+        <v>2388</v>
       </c>
       <c r="E1106" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1107" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
       <c r="B1107" t="s">
         <v>11</v>
       </c>
       <c r="C1107" t="s">
-        <v>2392</v>
+        <v>2389</v>
       </c>
       <c r="D1107" t="s">
-        <v>2393</v>
+        <v>2390</v>
       </c>
       <c r="E1107" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1108" t="s">
         <v>2391</v>
       </c>
       <c r="B1108" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1108" t="s">
-        <v>2394</v>
+        <v>2392</v>
       </c>
       <c r="D1108" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
       <c r="E1108" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1109" t="s">
         <v>2391</v>
       </c>
       <c r="B1109" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1109" t="s">
-        <v>2396</v>
+        <v>2394</v>
       </c>
       <c r="D1109" t="s">
-        <v>2397</v>
+        <v>2395</v>
       </c>
       <c r="E1109" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1110" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B1110" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1110" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>2397</v>
+      </c>
+      <c r="E1110" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1111" t="s">
         <v>2398</v>
       </c>
-      <c r="B1110" t="s">
-[...2 lines deleted...]
-      <c r="C1110" t="s">
+      <c r="B1111" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1111" t="s">
         <v>106</v>
       </c>
-      <c r="D1110" t="s">
+      <c r="D1111" t="s">
         <v>2399</v>
       </c>
-      <c r="E1110" t="s">
+      <c r="E1111" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="1112" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1112" s="1" t="s">
+    <row r="1113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1113" s="1" t="s">
         <v>2400</v>
       </c>
-      <c r="B1112" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1113" s="1"/>
+      <c r="C1113" s="1"/>
+      <c r="D1113" s="1"/>
+      <c r="E1113" s="1"/>
     </row>
     <row r="1114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1114" t="s">
         <v>2401</v>
       </c>
       <c r="B1114" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1114" t="s">
-        <v>2404</v>
+        <v>2402</v>
       </c>
       <c r="D1114" t="s">
-        <v>2405</v>
+        <v>2403</v>
       </c>
       <c r="E1114" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1115" t="s">
-        <v>2406</v>
+        <v>2401</v>
       </c>
       <c r="B1115" t="s">
         <v>11</v>
       </c>
       <c r="C1115" t="s">
         <v>2404</v>
       </c>
       <c r="D1115" t="s">
-        <v>2407</v>
+        <v>2405</v>
       </c>
       <c r="E1115" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1116" t="s">
-        <v>2408</v>
+        <v>2406</v>
       </c>
       <c r="B1116" t="s">
         <v>11</v>
       </c>
       <c r="C1116" t="s">
-        <v>2409</v>
+        <v>2404</v>
       </c>
       <c r="D1116" t="s">
-        <v>2410</v>
+        <v>2407</v>
       </c>
       <c r="E1116" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1117" t="s">
         <v>2408</v>
       </c>
       <c r="B1117" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1117" t="s">
-        <v>2411</v>
+        <v>2409</v>
       </c>
       <c r="D1117" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
       <c r="E1117" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1118" t="s">
         <v>2408</v>
       </c>
       <c r="B1118" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1118" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
       <c r="D1118" t="s">
-        <v>2414</v>
+        <v>2412</v>
       </c>
       <c r="E1118" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1120" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1120" s="1" t="s">
+    <row r="1119" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1119" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B1119" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1119" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D1119" t="s">
+        <v>2414</v>
+      </c>
+      <c r="E1119" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1121" s="1" t="s">
         <v>2415</v>
       </c>
-      <c r="B1120" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1121" s="1"/>
+      <c r="C1121" s="1"/>
+      <c r="D1121" s="1"/>
+      <c r="E1121" s="1"/>
     </row>
     <row r="1122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1122" t="s">
         <v>2416</v>
       </c>
       <c r="B1122" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1122" t="s">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="D1122" t="s">
-        <v>2419</v>
+        <v>1742</v>
       </c>
       <c r="E1122" t="s">
-        <v>2420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1123" t="s">
-        <v>2421</v>
+        <v>2416</v>
       </c>
       <c r="B1123" t="s">
         <v>11</v>
       </c>
       <c r="C1123" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="D1123" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="E1123" t="s">
-        <v>208</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="1124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1124" t="s">
         <v>2421</v>
       </c>
       <c r="B1124" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1124" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
       <c r="D1124" t="s">
-        <v>1746</v>
+        <v>2423</v>
       </c>
       <c r="E1124" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1125" t="s">
         <v>2421</v>
       </c>
       <c r="B1125" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1125" t="s">
-        <v>2425</v>
+        <v>2424</v>
       </c>
       <c r="D1125" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="E1125" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1127" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1127" s="1" t="s">
+    <row r="1126" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1126" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B1126" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1126" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D1126" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E1126" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1128" s="1" t="s">
         <v>2426</v>
       </c>
-      <c r="B1127" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1128" s="1"/>
+      <c r="C1128" s="1"/>
+      <c r="D1128" s="1"/>
+      <c r="E1128" s="1"/>
     </row>
     <row r="1129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1129" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
       <c r="B1129" t="s">
         <v>11</v>
       </c>
       <c r="C1129" t="s">
-        <v>2432</v>
+        <v>2428</v>
       </c>
       <c r="D1129" t="s">
         <v>2429</v>
       </c>
       <c r="E1129" t="s">
-        <v>2433</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="1130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1130" t="s">
-        <v>2434</v>
+        <v>2431</v>
       </c>
       <c r="B1130" t="s">
         <v>11</v>
       </c>
       <c r="C1130" t="s">
-        <v>2435</v>
+        <v>2432</v>
       </c>
       <c r="D1130" t="s">
         <v>2429</v>
       </c>
       <c r="E1130" t="s">
-        <v>2356</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="1131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1131" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
       <c r="B1131" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1131" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
       <c r="D1131" t="s">
-        <v>2438</v>
+        <v>2429</v>
       </c>
       <c r="E1131" t="s">
-        <v>10</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1132" t="s">
-        <v>2439</v>
+        <v>2436</v>
       </c>
       <c r="B1132" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1132" t="s">
-        <v>2440</v>
+        <v>2437</v>
       </c>
       <c r="D1132" t="s">
-        <v>2429</v>
+        <v>2438</v>
       </c>
       <c r="E1132" t="s">
-        <v>2441</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1133" t="s">
-        <v>2442</v>
+        <v>2439</v>
       </c>
       <c r="B1133" t="s">
         <v>11</v>
       </c>
       <c r="C1133" t="s">
-        <v>2443</v>
+        <v>2440</v>
       </c>
       <c r="D1133" t="s">
         <v>2429</v>
       </c>
       <c r="E1133" t="s">
-        <v>2444</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1134" t="s">
-        <v>2445</v>
+        <v>2442</v>
       </c>
       <c r="B1134" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1134" t="s">
-        <v>2446</v>
+        <v>2443</v>
       </c>
       <c r="D1134" t="s">
-        <v>2447</v>
+        <v>2429</v>
       </c>
       <c r="E1134" t="s">
-        <v>10</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="1135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1135" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1135" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D1135" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E1135" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1136" t="s">
         <v>2448</v>
       </c>
-      <c r="B1135" t="s">
-[...2 lines deleted...]
-      <c r="C1135" t="s">
+      <c r="B1136" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1136" t="s">
         <v>2449</v>
       </c>
-      <c r="D1135" t="s">
+      <c r="D1136" t="s">
         <v>2450</v>
       </c>
-      <c r="E1135" t="s">
+      <c r="E1136" t="s">
         <v>2430</v>
       </c>
     </row>
-    <row r="1137" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1137" s="1" t="s">
+    <row r="1138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1138" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="B1137" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1138" s="1"/>
+      <c r="C1138" s="1"/>
+      <c r="D1138" s="1"/>
+      <c r="E1138" s="1"/>
     </row>
     <row r="1139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1139" t="s">
         <v>2452</v>
       </c>
       <c r="B1139" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1139" t="s">
         <v>106</v>
       </c>
       <c r="D1139" t="s">
+        <v>2453</v>
+      </c>
+      <c r="E1139" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1140" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B1140" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1140" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1140" t="s">
         <v>2454</v>
       </c>
-      <c r="E1139" t="s">
-[...4 lines deleted...]
-      <c r="A1141" s="1" t="s">
+      <c r="E1140" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1142" s="1" t="s">
         <v>2455</v>
       </c>
-      <c r="B1141" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1142" s="1"/>
+      <c r="C1142" s="1"/>
+      <c r="D1142" s="1"/>
+      <c r="E1142" s="1"/>
     </row>
     <row r="1143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1143" t="s">
-        <v>2460</v>
+        <v>2456</v>
       </c>
       <c r="B1143" t="s">
         <v>11</v>
       </c>
       <c r="C1143" t="s">
-        <v>2461</v>
+        <v>2457</v>
       </c>
       <c r="D1143" t="s">
-        <v>2462</v>
+        <v>2458</v>
       </c>
       <c r="E1143" t="s">
-        <v>2463</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1144" t="s">
-        <v>2464</v>
+        <v>2460</v>
       </c>
       <c r="B1144" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1144" t="s">
-        <v>2465</v>
+        <v>2461</v>
       </c>
       <c r="D1144" t="s">
-        <v>2466</v>
+        <v>2462</v>
       </c>
       <c r="E1144" t="s">
-        <v>2467</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="1145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1145" t="s">
-        <v>2468</v>
+        <v>2464</v>
       </c>
       <c r="B1145" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1145" t="s">
-        <v>2469</v>
+        <v>2465</v>
       </c>
       <c r="D1145" t="s">
-        <v>2458</v>
+        <v>2466</v>
       </c>
       <c r="E1145" t="s">
-        <v>2470</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1146" t="s">
-        <v>2471</v>
+        <v>2468</v>
       </c>
       <c r="B1146" t="s">
         <v>11</v>
       </c>
       <c r="C1146" t="s">
-        <v>2472</v>
+        <v>2469</v>
       </c>
       <c r="D1146" t="s">
-        <v>2473</v>
+        <v>2458</v>
       </c>
       <c r="E1146" t="s">
-        <v>2463</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1147" t="s">
-        <v>2474</v>
+        <v>2471</v>
       </c>
       <c r="B1147" t="s">
         <v>11</v>
       </c>
       <c r="C1147" t="s">
-        <v>2475</v>
+        <v>2472</v>
       </c>
       <c r="D1147" t="s">
-        <v>2476</v>
+        <v>2473</v>
       </c>
       <c r="E1147" t="s">
-        <v>2477</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="1148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1148" t="s">
-        <v>2478</v>
+        <v>2474</v>
       </c>
       <c r="B1148" t="s">
         <v>11</v>
       </c>
       <c r="C1148" t="s">
-        <v>2479</v>
+        <v>2475</v>
       </c>
       <c r="D1148" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
       <c r="E1148" t="s">
-        <v>10</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="1149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1149" t="s">
-        <v>2481</v>
+        <v>2478</v>
       </c>
       <c r="B1149" t="s">
         <v>11</v>
       </c>
       <c r="C1149" t="s">
-        <v>2482</v>
+        <v>2479</v>
       </c>
       <c r="D1149" t="s">
-        <v>2483</v>
+        <v>2480</v>
       </c>
       <c r="E1149" t="s">
-        <v>2484</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1150" t="s">
-        <v>2485</v>
+        <v>2481</v>
       </c>
       <c r="B1150" t="s">
         <v>11</v>
       </c>
       <c r="C1150" t="s">
-        <v>2486</v>
+        <v>2482</v>
       </c>
       <c r="D1150" t="s">
-        <v>2473</v>
+        <v>2483</v>
       </c>
       <c r="E1150" t="s">
-        <v>2487</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1151" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B1151" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>2473</v>
+      </c>
+      <c r="E1151" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1152" t="s">
         <v>2488</v>
       </c>
-      <c r="B1151" t="s">
-[...2 lines deleted...]
-      <c r="C1151" t="s">
+      <c r="B1152" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1152" t="s">
         <v>2489</v>
       </c>
-      <c r="D1151" t="s">
+      <c r="D1152" t="s">
         <v>2490</v>
       </c>
-      <c r="E1151" t="s">
-[...4 lines deleted...]
-      <c r="A1153" s="1" t="s">
+      <c r="E1152" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1154" s="1" t="s">
         <v>2491</v>
       </c>
-      <c r="B1153" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1154" s="1"/>
+      <c r="C1154" s="1"/>
+      <c r="D1154" s="1"/>
+      <c r="E1154" s="1"/>
     </row>
     <row r="1155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1155" t="s">
-        <v>2495</v>
+        <v>2492</v>
       </c>
       <c r="B1155" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1155" t="s">
-        <v>2496</v>
+        <v>2493</v>
       </c>
       <c r="D1155" t="s">
-        <v>2497</v>
+        <v>2494</v>
       </c>
       <c r="E1155" t="s">
-        <v>2498</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1156" t="s">
-        <v>2499</v>
+        <v>2495</v>
       </c>
       <c r="B1156" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1156" t="s">
-        <v>2500</v>
+        <v>2496</v>
       </c>
       <c r="D1156" t="s">
-        <v>1730</v>
+        <v>2497</v>
       </c>
       <c r="E1156" t="s">
-        <v>208</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="1157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1157" t="s">
-        <v>2501</v>
+        <v>2499</v>
       </c>
       <c r="B1157" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C1157" t="s">
-        <v>2502</v>
+        <v>2500</v>
       </c>
       <c r="D1157" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
       <c r="E1157" t="s">
-        <v>1734</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1158" t="s">
-        <v>2503</v>
+        <v>2501</v>
       </c>
       <c r="B1158" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="C1158" t="s">
-        <v>2504</v>
+        <v>2502</v>
       </c>
       <c r="D1158" t="s">
-        <v>1737</v>
+        <v>1733</v>
       </c>
       <c r="E1158" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="1159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1159" t="s">
-        <v>2505</v>
+        <v>2503</v>
       </c>
       <c r="B1159" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="C1159" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
       <c r="D1159" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="E1159" t="s">
-        <v>208</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="1160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1160" t="s">
-        <v>2507</v>
+        <v>2505</v>
       </c>
       <c r="B1160" t="s">
         <v>82</v>
       </c>
       <c r="C1160" t="s">
         <v>2506</v>
       </c>
       <c r="D1160" t="s">
-        <v>2508</v>
+        <v>1727</v>
       </c>
       <c r="E1160" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1161" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
       <c r="B1161" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C1161" t="s">
-        <v>2510</v>
+        <v>2506</v>
       </c>
       <c r="D1161" t="s">
-        <v>2511</v>
+        <v>2508</v>
       </c>
       <c r="E1161" t="s">
-        <v>2512</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1162" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1162" t="s">
+        <v>2510</v>
+      </c>
+      <c r="D1162" t="s">
+        <v>2511</v>
+      </c>
+      <c r="E1162" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1163" t="s">
         <v>2513</v>
       </c>
-      <c r="B1162" t="s">
+      <c r="B1163" t="s">
         <v>18</v>
       </c>
-      <c r="C1162" t="s">
+      <c r="C1163" t="s">
         <v>2514</v>
       </c>
-      <c r="D1162" t="s">
+      <c r="D1163" t="s">
         <v>2515</v>
       </c>
-      <c r="E1162" t="s">
+      <c r="E1163" t="s">
         <v>748</v>
       </c>
     </row>
-    <row r="1164" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1164" s="1" t="s">
+    <row r="1165" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1165" s="1" t="s">
         <v>2516</v>
       </c>
-      <c r="B1164" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1165" s="1"/>
+      <c r="C1165" s="1"/>
+      <c r="D1165" s="1"/>
+      <c r="E1165" s="1"/>
     </row>
     <row r="1166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1166" t="s">
-        <v>2520</v>
+        <v>2517</v>
       </c>
       <c r="B1166" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1166" t="s">
-        <v>2521</v>
+        <v>2518</v>
       </c>
       <c r="D1166" t="s">
-        <v>2522</v>
+        <v>2519</v>
       </c>
       <c r="E1166" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1167" t="s">
-        <v>2523</v>
+        <v>2520</v>
       </c>
       <c r="B1167" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1167" t="s">
-        <v>106</v>
+        <v>2521</v>
       </c>
       <c r="D1167" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="E1167" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1168" t="s">
-        <v>2524</v>
+        <v>2523</v>
       </c>
       <c r="B1168" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1168" t="s">
-        <v>2521</v>
+        <v>106</v>
       </c>
       <c r="D1168" t="s">
-        <v>2525</v>
+        <v>2519</v>
       </c>
       <c r="E1168" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1169" t="s">
-        <v>2526</v>
+        <v>2524</v>
       </c>
       <c r="B1169" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1169" t="s">
-        <v>106</v>
+        <v>2521</v>
       </c>
       <c r="D1169" t="s">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="E1169" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1170" t="s">
-        <v>2528</v>
+        <v>2526</v>
       </c>
       <c r="B1170" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1170" t="s">
-        <v>2521</v>
+        <v>106</v>
       </c>
       <c r="D1170" t="s">
-        <v>2529</v>
+        <v>2527</v>
       </c>
       <c r="E1170" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1171" t="s">
-        <v>2530</v>
+        <v>2528</v>
       </c>
       <c r="B1171" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1171" t="s">
-        <v>106</v>
+        <v>2521</v>
       </c>
       <c r="D1171" t="s">
-        <v>2531</v>
+        <v>2529</v>
       </c>
       <c r="E1171" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1172" t="s">
-        <v>2532</v>
+        <v>2530</v>
       </c>
       <c r="B1172" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1172" t="s">
         <v>106</v>
       </c>
       <c r="D1172" t="s">
-        <v>2533</v>
+        <v>2531</v>
       </c>
       <c r="E1172" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1173" t="s">
-        <v>2534</v>
+        <v>2532</v>
       </c>
       <c r="B1173" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1173" t="s">
         <v>106</v>
       </c>
       <c r="D1173" t="s">
-        <v>2535</v>
+        <v>2533</v>
       </c>
       <c r="E1173" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1174" t="s">
         <v>2534</v>
       </c>
       <c r="B1174" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1174" t="s">
-        <v>2521</v>
+        <v>106</v>
       </c>
       <c r="D1174" t="s">
-        <v>2536</v>
+        <v>2535</v>
       </c>
       <c r="E1174" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1175" t="s">
-        <v>2537</v>
+        <v>2534</v>
       </c>
       <c r="B1175" t="s">
         <v>18</v>
       </c>
       <c r="C1175" t="s">
         <v>2521</v>
       </c>
       <c r="D1175" t="s">
-        <v>2538</v>
+        <v>2536</v>
       </c>
       <c r="E1175" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1176" t="s">
-        <v>2539</v>
+        <v>2537</v>
       </c>
       <c r="B1176" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1176" t="s">
-        <v>2540</v>
+        <v>2521</v>
       </c>
       <c r="D1176" t="s">
-        <v>2541</v>
+        <v>2538</v>
       </c>
       <c r="E1176" t="s">
-        <v>2542</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1177" t="s">
-        <v>2543</v>
+        <v>2539</v>
       </c>
       <c r="B1177" t="s">
         <v>11</v>
       </c>
       <c r="C1177" t="s">
         <v>2540</v>
       </c>
       <c r="D1177" t="s">
-        <v>2544</v>
+        <v>2541</v>
       </c>
       <c r="E1177" t="s">
-        <v>2545</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1178" t="s">
-        <v>2546</v>
+        <v>2543</v>
       </c>
       <c r="B1178" t="s">
         <v>11</v>
       </c>
       <c r="C1178" t="s">
         <v>2540</v>
       </c>
       <c r="D1178" t="s">
         <v>2544</v>
       </c>
       <c r="E1178" t="s">
         <v>2545</v>
       </c>
     </row>
     <row r="1179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1179" t="s">
-        <v>2547</v>
+        <v>2546</v>
       </c>
       <c r="B1179" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1179" t="s">
-        <v>2521</v>
+        <v>2540</v>
       </c>
       <c r="D1179" t="s">
-        <v>2548</v>
+        <v>2544</v>
       </c>
       <c r="E1179" t="s">
-        <v>10</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="1180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1180" t="s">
-        <v>2549</v>
+        <v>2547</v>
       </c>
       <c r="B1180" t="s">
         <v>18</v>
       </c>
       <c r="C1180" t="s">
         <v>2521</v>
       </c>
       <c r="D1180" t="s">
-        <v>2550</v>
+        <v>2548</v>
       </c>
       <c r="E1180" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1181" t="s">
-        <v>2551</v>
+        <v>2549</v>
       </c>
       <c r="B1181" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1181" t="s">
-        <v>2552</v>
+        <v>2521</v>
       </c>
       <c r="D1181" t="s">
-        <v>2553</v>
+        <v>2550</v>
       </c>
       <c r="E1181" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1182" t="s">
         <v>2551</v>
       </c>
       <c r="B1182" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1182" t="s">
-        <v>2540</v>
+        <v>2552</v>
       </c>
       <c r="D1182" t="s">
-        <v>2554</v>
+        <v>2553</v>
       </c>
       <c r="E1182" t="s">
-        <v>2555</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1183" t="s">
-        <v>2556</v>
+        <v>2551</v>
       </c>
       <c r="B1183" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1183" t="s">
-        <v>2521</v>
+        <v>2540</v>
       </c>
       <c r="D1183" t="s">
-        <v>2557</v>
+        <v>2554</v>
       </c>
       <c r="E1183" t="s">
-        <v>208</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="1184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1184" t="s">
         <v>2556</v>
       </c>
       <c r="B1184" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1184" t="s">
-        <v>106</v>
+        <v>2521</v>
       </c>
       <c r="D1184" t="s">
-        <v>2558</v>
+        <v>2557</v>
       </c>
       <c r="E1184" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1186" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1186" s="1" t="s">
+    <row r="1185" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1185" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B1185" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1185" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>2558</v>
+      </c>
+      <c r="E1185" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1187" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="B1186" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1187" s="1"/>
+      <c r="C1187" s="1"/>
+      <c r="D1187" s="1"/>
+      <c r="E1187" s="1"/>
     </row>
     <row r="1188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1188" t="s">
-        <v>2563</v>
+        <v>2560</v>
       </c>
       <c r="B1188" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1188" t="s">
-        <v>2564</v>
+        <v>2561</v>
       </c>
       <c r="D1188" t="s">
-        <v>2565</v>
+        <v>2562</v>
       </c>
       <c r="E1188" t="s">
-        <v>2566</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1189" t="s">
-        <v>2567</v>
+        <v>2563</v>
       </c>
       <c r="B1189" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1189" t="s">
-        <v>2568</v>
+        <v>2564</v>
       </c>
       <c r="D1189" t="s">
-        <v>2569</v>
+        <v>2565</v>
       </c>
       <c r="E1189" t="s">
-        <v>2570</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="1190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1190" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B1190" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1190" t="s">
+        <v>2568</v>
+      </c>
+      <c r="D1190" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E1190" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1191" t="s">
         <v>2571</v>
       </c>
-      <c r="B1190" t="s">
-[...2 lines deleted...]
-      <c r="C1190" t="s">
+      <c r="B1191" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1191" t="s">
         <v>2572</v>
       </c>
-      <c r="D1190" t="s">
+      <c r="D1191" t="s">
         <v>2573</v>
       </c>
-      <c r="E1190" t="s">
+      <c r="E1191" t="s">
         <v>2574</v>
       </c>
     </row>
-    <row r="1192" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1192" s="1" t="s">
+    <row r="1193" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1193" s="1" t="s">
         <v>2575</v>
       </c>
-      <c r="B1192" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1193" s="1"/>
+      <c r="C1193" s="1"/>
+      <c r="D1193" s="1"/>
+      <c r="E1193" s="1"/>
     </row>
     <row r="1194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1194" t="s">
         <v>2576</v>
       </c>
       <c r="B1194" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1194" t="s">
-        <v>2579</v>
+        <v>2577</v>
       </c>
       <c r="D1194" t="s">
-        <v>2580</v>
+        <v>2578</v>
       </c>
       <c r="E1194" t="s">
-        <v>2581</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1195" t="s">
         <v>2576</v>
       </c>
       <c r="B1195" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1195" t="s">
-        <v>2582</v>
+        <v>2579</v>
       </c>
       <c r="D1195" t="s">
-        <v>2583</v>
+        <v>2580</v>
       </c>
       <c r="E1195" t="s">
-        <v>10</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1196" t="s">
-        <v>2584</v>
+        <v>2576</v>
       </c>
       <c r="B1196" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1196" t="s">
-        <v>2585</v>
+        <v>2582</v>
       </c>
       <c r="D1196" t="s">
-        <v>2586</v>
+        <v>2583</v>
       </c>
       <c r="E1196" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1197" t="s">
-        <v>2587</v>
+        <v>2584</v>
       </c>
       <c r="B1197" t="s">
         <v>11</v>
       </c>
       <c r="C1197" t="s">
         <v>2585</v>
       </c>
       <c r="D1197" t="s">
-        <v>2588</v>
+        <v>2586</v>
       </c>
       <c r="E1197" t="s">
-        <v>2589</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1198" t="s">
-        <v>2590</v>
+        <v>2587</v>
       </c>
       <c r="B1198" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1198" t="s">
-        <v>2591</v>
+        <v>2585</v>
       </c>
       <c r="D1198" t="s">
-        <v>2592</v>
+        <v>2588</v>
       </c>
       <c r="E1198" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="1199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1199" t="s">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="B1199" t="s">
         <v>82</v>
       </c>
       <c r="C1199" t="s">
-        <v>2595</v>
+        <v>2591</v>
       </c>
       <c r="D1199" t="s">
-        <v>2596</v>
+        <v>2592</v>
       </c>
       <c r="E1199" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="1200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1200" t="s">
-        <v>2597</v>
+        <v>2594</v>
       </c>
       <c r="B1200" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C1200" t="s">
-        <v>2598</v>
+        <v>2595</v>
       </c>
       <c r="D1200" t="s">
-        <v>2583</v>
+        <v>2596</v>
       </c>
       <c r="E1200" t="s">
-        <v>2599</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1201" t="s">
-        <v>2600</v>
+        <v>2597</v>
       </c>
       <c r="B1201" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1201" t="s">
-        <v>2601</v>
+        <v>2598</v>
       </c>
       <c r="D1201" t="s">
-        <v>2602</v>
+        <v>2583</v>
       </c>
       <c r="E1201" t="s">
-        <v>2593</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="1202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1202" t="s">
-        <v>2603</v>
+        <v>2600</v>
       </c>
       <c r="B1202" t="s">
         <v>11</v>
       </c>
       <c r="C1202" t="s">
-        <v>2604</v>
+        <v>2601</v>
       </c>
       <c r="D1202" t="s">
-        <v>2605</v>
+        <v>2602</v>
       </c>
       <c r="E1202" t="s">
-        <v>2606</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1203" t="s">
-        <v>2607</v>
+        <v>2603</v>
       </c>
       <c r="B1203" t="s">
         <v>11</v>
       </c>
       <c r="C1203" t="s">
-        <v>106</v>
+        <v>2604</v>
       </c>
       <c r="D1203" t="s">
-        <v>106</v>
+        <v>2605</v>
       </c>
       <c r="E1203" t="s">
-        <v>2608</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="1204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1204" t="s">
-        <v>2609</v>
+        <v>2607</v>
       </c>
       <c r="B1204" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1204" t="s">
-        <v>2610</v>
+        <v>106</v>
       </c>
       <c r="D1204" t="s">
-        <v>2611</v>
+        <v>106</v>
       </c>
       <c r="E1204" t="s">
-        <v>10</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="1205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1205" t="s">
-        <v>2612</v>
+        <v>2609</v>
       </c>
       <c r="B1205" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C1205" t="s">
-        <v>2613</v>
+        <v>2610</v>
       </c>
       <c r="D1205" t="s">
-        <v>2614</v>
+        <v>2611</v>
       </c>
       <c r="E1205" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1206" t="s">
-        <v>2615</v>
+        <v>2612</v>
       </c>
       <c r="B1206" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C1206" t="s">
-        <v>2616</v>
+        <v>2613</v>
       </c>
       <c r="D1206" t="s">
-        <v>2617</v>
+        <v>2614</v>
       </c>
       <c r="E1206" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1207" t="s">
-        <v>2618</v>
+        <v>2615</v>
       </c>
       <c r="B1207" t="s">
         <v>7</v>
       </c>
       <c r="C1207" t="s">
-        <v>2619</v>
+        <v>2616</v>
       </c>
       <c r="D1207" t="s">
-        <v>2620</v>
+        <v>2617</v>
       </c>
       <c r="E1207" t="s">
-        <v>2621</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1208" t="s">
-        <v>2622</v>
+        <v>2618</v>
       </c>
       <c r="B1208" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="C1208" t="s">
-        <v>2623</v>
+        <v>2619</v>
       </c>
       <c r="D1208" t="s">
-        <v>2624</v>
+        <v>2620</v>
       </c>
       <c r="E1208" t="s">
-        <v>2593</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="1209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1209" t="s">
-        <v>2625</v>
+        <v>2622</v>
       </c>
       <c r="B1209" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C1209" t="s">
-        <v>2626</v>
+        <v>2623</v>
       </c>
       <c r="D1209" t="s">
-        <v>2627</v>
+        <v>2624</v>
       </c>
       <c r="E1209" t="s">
-        <v>10</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1210" t="s">
-        <v>2628</v>
+        <v>2625</v>
       </c>
       <c r="B1210" t="s">
         <v>7</v>
       </c>
       <c r="C1210" t="s">
-        <v>2629</v>
+        <v>2626</v>
       </c>
       <c r="D1210" t="s">
-        <v>2630</v>
+        <v>2627</v>
       </c>
       <c r="E1210" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1211" t="s">
-        <v>2631</v>
+        <v>2628</v>
       </c>
       <c r="B1211" t="s">
         <v>7</v>
       </c>
       <c r="C1211" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D1211" t="s">
+        <v>2630</v>
+      </c>
+      <c r="E1211" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1212" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1212" t="s">
         <v>2626</v>
       </c>
-      <c r="D1211" t="s">
+      <c r="D1212" t="s">
         <v>2632</v>
       </c>
-      <c r="E1211" t="s">
-[...4 lines deleted...]
-      <c r="A1213" s="1" t="s">
+      <c r="E1212" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1214" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="B1213" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1214" s="1"/>
+      <c r="C1214" s="1"/>
+      <c r="D1214" s="1"/>
+      <c r="E1214" s="1"/>
     </row>
     <row r="1215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1215" t="s">
         <v>2634</v>
       </c>
       <c r="B1215" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1215" t="s">
-        <v>2637</v>
+        <v>2635</v>
       </c>
       <c r="D1215" t="s">
-        <v>2638</v>
+        <v>2636</v>
       </c>
       <c r="E1215" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1216" t="s">
         <v>2634</v>
       </c>
       <c r="B1216" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1216" t="s">
-        <v>2639</v>
+        <v>2637</v>
       </c>
       <c r="D1216" t="s">
-        <v>2640</v>
+        <v>2638</v>
       </c>
       <c r="E1216" t="s">
-        <v>2641</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1217" t="s">
-        <v>2642</v>
+        <v>2634</v>
       </c>
       <c r="B1217" t="s">
         <v>11</v>
       </c>
       <c r="C1217" t="s">
-        <v>2643</v>
+        <v>2639</v>
       </c>
       <c r="D1217" t="s">
-        <v>2644</v>
+        <v>2640</v>
       </c>
       <c r="E1217" t="s">
-        <v>2645</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1218" t="s">
         <v>2642</v>
       </c>
       <c r="B1218" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1218" t="s">
-        <v>2646</v>
+        <v>2643</v>
       </c>
       <c r="D1218" t="s">
-        <v>2647</v>
+        <v>2644</v>
       </c>
       <c r="E1218" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="1219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1219" t="s">
-        <v>2648</v>
+        <v>2642</v>
       </c>
       <c r="B1219" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1219" t="s">
-        <v>2649</v>
+        <v>2646</v>
       </c>
       <c r="D1219" t="s">
-        <v>2650</v>
+        <v>2647</v>
       </c>
       <c r="E1219" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="1220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1220" t="s">
-        <v>2651</v>
+        <v>2648</v>
       </c>
       <c r="B1220" t="s">
         <v>7</v>
       </c>
       <c r="C1220" t="s">
-        <v>2652</v>
+        <v>2649</v>
       </c>
       <c r="D1220" t="s">
         <v>2650</v>
       </c>
       <c r="E1220" t="s">
         <v>2645</v>
       </c>
     </row>
-    <row r="1222" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1222" s="1" t="s">
+    <row r="1221" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1221" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1221" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1221" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D1221" t="s">
+        <v>2650</v>
+      </c>
+      <c r="E1221" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1223" s="1" t="s">
         <v>2653</v>
       </c>
-      <c r="B1222" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1223" s="1"/>
+      <c r="C1223" s="1"/>
+      <c r="D1223" s="1"/>
+      <c r="E1223" s="1"/>
     </row>
     <row r="1224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1224" t="s">
-        <v>2657</v>
+        <v>2654</v>
       </c>
       <c r="B1224" t="s">
         <v>7</v>
       </c>
       <c r="C1224" t="s">
-        <v>2658</v>
+        <v>2655</v>
       </c>
       <c r="D1224" t="s">
         <v>2656</v>
       </c>
       <c r="E1224" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1225" t="s">
-        <v>2659</v>
+        <v>2657</v>
       </c>
       <c r="B1225" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1225" t="s">
-        <v>2660</v>
+        <v>2658</v>
       </c>
       <c r="D1225" t="s">
-        <v>2661</v>
+        <v>2656</v>
       </c>
       <c r="E1225" t="s">
-        <v>2662</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1226" t="s">
-        <v>2663</v>
+        <v>2659</v>
       </c>
       <c r="B1226" t="s">
         <v>11</v>
       </c>
       <c r="C1226" t="s">
-        <v>2664</v>
+        <v>2660</v>
       </c>
       <c r="D1226" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
       <c r="E1226" t="s">
-        <v>2666</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="1227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1227" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="B1227" t="s">
         <v>11</v>
       </c>
       <c r="C1227" t="s">
-        <v>2668</v>
+        <v>2664</v>
       </c>
       <c r="D1227" t="s">
         <v>2665</v>
       </c>
       <c r="E1227" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1228" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B1228" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1228" t="s">
+        <v>2668</v>
+      </c>
+      <c r="D1228" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E1228" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1229" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1229" s="1" t="s">
+    <row r="1230" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1230" s="1" t="s">
         <v>2669</v>
       </c>
-      <c r="B1229" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1230" s="1"/>
+      <c r="C1230" s="1"/>
+      <c r="D1230" s="1"/>
+      <c r="E1230" s="1"/>
     </row>
     <row r="1231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1231" t="s">
-        <v>2673</v>
+        <v>2670</v>
       </c>
       <c r="B1231" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1231" t="s">
-        <v>2674</v>
+        <v>2671</v>
       </c>
       <c r="D1231" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
       <c r="E1231" t="s">
-        <v>2675</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1232" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B1232" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1232" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D1232" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E1232" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1233" t="s">
         <v>2676</v>
       </c>
-      <c r="B1232" t="s">
+      <c r="B1233" t="s">
         <v>7</v>
       </c>
-      <c r="C1232" t="s">
+      <c r="C1233" t="s">
         <v>2677</v>
       </c>
-      <c r="D1232" t="s">
+      <c r="D1233" t="s">
         <v>2661</v>
       </c>
-      <c r="E1232" t="s">
-[...4 lines deleted...]
-      <c r="A1234" s="1" t="s">
+      <c r="E1233" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1235" s="1" t="s">
         <v>2678</v>
       </c>
-      <c r="B1234" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1235" s="1"/>
+      <c r="C1235" s="1"/>
+      <c r="D1235" s="1"/>
+      <c r="E1235" s="1"/>
     </row>
     <row r="1236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1236" t="s">
-        <v>2682</v>
+        <v>2679</v>
       </c>
       <c r="B1236" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1236" t="s">
-        <v>2683</v>
+        <v>2680</v>
       </c>
       <c r="D1236" t="s">
-        <v>2684</v>
+        <v>2681</v>
       </c>
       <c r="E1236" t="s">
-        <v>2685</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1237" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="B1237" t="s">
         <v>11</v>
       </c>
       <c r="C1237" t="s">
-        <v>2687</v>
+        <v>2683</v>
       </c>
       <c r="D1237" t="s">
-        <v>2688</v>
+        <v>2684</v>
       </c>
       <c r="E1237" t="s">
-        <v>2689</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="1238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1238" t="s">
-        <v>2690</v>
+        <v>2686</v>
       </c>
       <c r="B1238" t="s">
         <v>11</v>
       </c>
       <c r="C1238" t="s">
-        <v>2691</v>
+        <v>2687</v>
       </c>
       <c r="D1238" t="s">
-        <v>2692</v>
+        <v>2688</v>
       </c>
       <c r="E1238" t="s">
-        <v>208</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="1239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1239" t="s">
-        <v>2693</v>
+        <v>2690</v>
       </c>
       <c r="B1239" t="s">
         <v>11</v>
       </c>
       <c r="C1239" t="s">
-        <v>2694</v>
+        <v>2691</v>
       </c>
       <c r="D1239" t="s">
-        <v>2695</v>
+        <v>2692</v>
       </c>
       <c r="E1239" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1240" t="s">
-        <v>2696</v>
+        <v>2693</v>
       </c>
       <c r="B1240" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1240" t="s">
-        <v>2697</v>
+        <v>2694</v>
       </c>
       <c r="D1240" t="s">
-        <v>2698</v>
+        <v>2695</v>
       </c>
       <c r="E1240" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1241" t="s">
-        <v>2699</v>
+        <v>2696</v>
       </c>
       <c r="B1241" t="s">
         <v>18</v>
       </c>
       <c r="C1241" t="s">
-        <v>2700</v>
+        <v>2697</v>
       </c>
       <c r="D1241" t="s">
-        <v>2701</v>
+        <v>2698</v>
       </c>
       <c r="E1241" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1242" t="s">
-        <v>2702</v>
+        <v>2699</v>
       </c>
       <c r="B1242" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1242" t="s">
-        <v>2703</v>
+        <v>2700</v>
       </c>
       <c r="D1242" t="s">
-        <v>2692</v>
+        <v>2701</v>
       </c>
       <c r="E1242" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1243" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B1243" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1243" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D1243" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E1243" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1244" t="s">
         <v>2704</v>
       </c>
-      <c r="B1243" t="s">
-[...2 lines deleted...]
-      <c r="C1243" t="s">
+      <c r="B1244" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1244" t="s">
         <v>154</v>
       </c>
-      <c r="D1243" t="s">
+      <c r="D1244" t="s">
         <v>2705</v>
       </c>
-      <c r="E1243" t="s">
+      <c r="E1244" t="s">
         <v>2706</v>
       </c>
     </row>
-    <row r="1245" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1245" s="1" t="s">
+    <row r="1246" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1246" s="1" t="s">
         <v>2707</v>
       </c>
-      <c r="B1245" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1246" s="1"/>
+      <c r="C1246" s="1"/>
+      <c r="D1246" s="1"/>
+      <c r="E1246" s="1"/>
     </row>
     <row r="1247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1247" t="s">
-        <v>2711</v>
+        <v>2708</v>
       </c>
       <c r="B1247" t="s">
         <v>11</v>
       </c>
       <c r="C1247" t="s">
         <v>2709</v>
       </c>
       <c r="D1247" t="s">
-        <v>2712</v>
+        <v>2710</v>
       </c>
       <c r="E1247" t="s">
-        <v>2713</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1248" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B1248" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1248" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D1248" t="s">
+        <v>2712</v>
+      </c>
+      <c r="E1248" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1249" t="s">
         <v>2714</v>
       </c>
-      <c r="B1248" t="s">
-[...2 lines deleted...]
-      <c r="C1248" t="s">
+      <c r="B1249" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1249" t="s">
         <v>2715</v>
       </c>
-      <c r="D1248" t="s">
+      <c r="D1249" t="s">
         <v>2716</v>
       </c>
-      <c r="E1248" t="s">
+      <c r="E1249" t="s">
         <v>2717</v>
       </c>
     </row>
-    <row r="1250" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1250" s="1" t="s">
+    <row r="1251" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1251" s="1" t="s">
         <v>2718</v>
       </c>
-      <c r="B1250" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1251" s="1"/>
+      <c r="C1251" s="1"/>
+      <c r="D1251" s="1"/>
+      <c r="E1251" s="1"/>
     </row>
     <row r="1252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1252" t="s">
         <v>2719</v>
       </c>
       <c r="B1252" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1252" t="s">
-        <v>2722</v>
+        <v>2720</v>
       </c>
       <c r="D1252" t="s">
-        <v>2723</v>
+        <v>2721</v>
       </c>
       <c r="E1252" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1253" t="s">
-        <v>2724</v>
+        <v>2719</v>
       </c>
       <c r="B1253" t="s">
         <v>11</v>
       </c>
       <c r="C1253" t="s">
-        <v>2725</v>
+        <v>2722</v>
       </c>
       <c r="D1253" t="s">
-        <v>2726</v>
+        <v>2723</v>
       </c>
       <c r="E1253" t="s">
-        <v>2727</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1254" t="s">
         <v>2724</v>
       </c>
       <c r="B1254" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1254" t="s">
-        <v>2728</v>
+        <v>2725</v>
       </c>
       <c r="D1254" t="s">
-        <v>2729</v>
+        <v>2726</v>
       </c>
       <c r="E1254" t="s">
         <v>2727</v>
       </c>
     </row>
     <row r="1255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1255" t="s">
-        <v>2730</v>
+        <v>2724</v>
       </c>
       <c r="B1255" t="s">
         <v>18</v>
       </c>
       <c r="C1255" t="s">
-        <v>2731</v>
+        <v>2728</v>
       </c>
       <c r="D1255" t="s">
-        <v>2732</v>
+        <v>2729</v>
       </c>
       <c r="E1255" t="s">
         <v>2727</v>
       </c>
     </row>
     <row r="1256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1256" t="s">
-        <v>2733</v>
+        <v>2730</v>
       </c>
       <c r="B1256" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1256" t="s">
-        <v>2734</v>
+        <v>2731</v>
       </c>
       <c r="D1256" t="s">
-        <v>2735</v>
+        <v>2732</v>
       </c>
       <c r="E1256" t="s">
-        <v>10</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="1257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1257" t="s">
-        <v>2736</v>
+        <v>2733</v>
       </c>
       <c r="B1257" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C1257" t="s">
-        <v>2737</v>
+        <v>2734</v>
       </c>
       <c r="D1257" t="s">
-        <v>2738</v>
+        <v>2735</v>
       </c>
       <c r="E1257" t="s">
-        <v>2356</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1258" t="s">
-        <v>2739</v>
+        <v>2736</v>
       </c>
       <c r="B1258" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1258" t="s">
-        <v>2740</v>
+        <v>2737</v>
       </c>
       <c r="D1258" t="s">
-        <v>2741</v>
+        <v>2738</v>
       </c>
       <c r="E1258" t="s">
-        <v>10</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1259" t="s">
-        <v>2742</v>
+        <v>2739</v>
       </c>
       <c r="B1259" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1259" t="s">
-        <v>2743</v>
+        <v>2740</v>
       </c>
       <c r="D1259" t="s">
-        <v>2744</v>
+        <v>2741</v>
       </c>
       <c r="E1259" t="s">
-        <v>2745</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1260" t="s">
         <v>2742</v>
       </c>
       <c r="B1260" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1260" t="s">
-        <v>2746</v>
+        <v>2743</v>
       </c>
       <c r="D1260" t="s">
-        <v>2747</v>
+        <v>2744</v>
       </c>
       <c r="E1260" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="1261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1261" t="s">
-        <v>2748</v>
+        <v>2742</v>
       </c>
       <c r="B1261" t="s">
         <v>18</v>
       </c>
       <c r="C1261" t="s">
-        <v>2749</v>
+        <v>2746</v>
       </c>
       <c r="D1261" t="s">
-        <v>2750</v>
+        <v>2747</v>
       </c>
       <c r="E1261" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="1262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1262" t="s">
-        <v>2751</v>
+        <v>2748</v>
       </c>
       <c r="B1262" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1262" t="s">
-        <v>2752</v>
+        <v>2749</v>
       </c>
       <c r="D1262" t="s">
-        <v>2753</v>
+        <v>2750</v>
       </c>
       <c r="E1262" t="s">
-        <v>10</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="1263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1263" t="s">
-        <v>2754</v>
+        <v>2751</v>
       </c>
       <c r="B1263" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1263" t="s">
-        <v>2755</v>
+        <v>2752</v>
       </c>
       <c r="D1263" t="s">
-        <v>2756</v>
+        <v>2753</v>
       </c>
       <c r="E1263" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1264" t="s">
-        <v>2757</v>
+        <v>2754</v>
       </c>
       <c r="B1264" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1264" t="s">
-        <v>2758</v>
+        <v>2755</v>
       </c>
       <c r="D1264" t="s">
-        <v>2759</v>
+        <v>2756</v>
       </c>
       <c r="E1264" t="s">
-        <v>2356</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1265" t="s">
-        <v>2760</v>
+        <v>2757</v>
       </c>
       <c r="B1265" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1265" t="s">
-        <v>2761</v>
+        <v>2758</v>
       </c>
       <c r="D1265" t="s">
-        <v>2762</v>
+        <v>2759</v>
       </c>
       <c r="E1265" t="s">
-        <v>10</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1266" t="s">
         <v>2760</v>
       </c>
       <c r="B1266" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1266" t="s">
-        <v>2763</v>
+        <v>2761</v>
       </c>
       <c r="D1266" t="s">
-        <v>2764</v>
+        <v>2762</v>
       </c>
       <c r="E1266" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1267" t="s">
-        <v>2765</v>
+        <v>2760</v>
       </c>
       <c r="B1267" t="s">
         <v>11</v>
       </c>
       <c r="C1267" t="s">
-        <v>2766</v>
+        <v>2763</v>
       </c>
       <c r="D1267" t="s">
-        <v>2767</v>
+        <v>2764</v>
       </c>
       <c r="E1267" t="s">
-        <v>2768</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1268" t="s">
         <v>2765</v>
       </c>
       <c r="B1268" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1268" t="s">
-        <v>2769</v>
+        <v>2766</v>
       </c>
       <c r="D1268" t="s">
-        <v>2770</v>
+        <v>2767</v>
       </c>
       <c r="E1268" t="s">
         <v>2768</v>
       </c>
     </row>
     <row r="1269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1269" t="s">
-        <v>2771</v>
+        <v>2765</v>
       </c>
       <c r="B1269" t="s">
         <v>18</v>
       </c>
       <c r="C1269" t="s">
-        <v>2772</v>
+        <v>2769</v>
       </c>
       <c r="D1269" t="s">
-        <v>2773</v>
+        <v>2770</v>
       </c>
       <c r="E1269" t="s">
-        <v>2774</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="1270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1270" t="s">
-        <v>2775</v>
+        <v>2771</v>
       </c>
       <c r="B1270" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1270" t="s">
-        <v>2776</v>
+        <v>2772</v>
       </c>
       <c r="D1270" t="s">
-        <v>2777</v>
+        <v>2773</v>
       </c>
       <c r="E1270" t="s">
-        <v>10</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="1271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1271" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1271" t="s">
+        <v>2776</v>
+      </c>
+      <c r="D1271" t="s">
+        <v>2777</v>
+      </c>
+      <c r="E1271" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1272" t="s">
         <v>2778</v>
       </c>
-      <c r="B1271" t="s">
+      <c r="B1272" t="s">
         <v>36</v>
       </c>
-      <c r="C1271" t="s">
+      <c r="C1272" t="s">
         <v>2779</v>
       </c>
-      <c r="D1271" t="s">
+      <c r="D1272" t="s">
         <v>2780</v>
       </c>
-      <c r="E1271" t="s">
+      <c r="E1272" t="s">
         <v>2356</v>
       </c>
     </row>
-    <row r="1273" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1273" s="1" t="s">
+    <row r="1274" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1274" s="1" t="s">
         <v>2781</v>
       </c>
-      <c r="B1273" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1274" s="1"/>
+      <c r="C1274" s="1"/>
+      <c r="D1274" s="1"/>
+      <c r="E1274" s="1"/>
     </row>
     <row r="1275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1275" t="s">
-        <v>2785</v>
+        <v>2782</v>
       </c>
       <c r="B1275" t="s">
         <v>7</v>
       </c>
       <c r="C1275" t="s">
-        <v>2786</v>
+        <v>2783</v>
       </c>
       <c r="D1275" t="s">
         <v>2784</v>
       </c>
       <c r="E1275" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1276" t="s">
-        <v>2787</v>
+        <v>2785</v>
       </c>
       <c r="B1276" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C1276" t="s">
-        <v>2788</v>
+        <v>2786</v>
       </c>
       <c r="D1276" t="s">
-        <v>2789</v>
+        <v>2784</v>
       </c>
       <c r="E1276" t="s">
-        <v>2790</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1277" t="s">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="B1277" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1277" t="s">
-        <v>2792</v>
+        <v>2788</v>
       </c>
       <c r="D1277" t="s">
-        <v>2793</v>
+        <v>2789</v>
       </c>
       <c r="E1277" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1278" t="s">
-        <v>2795</v>
+        <v>2791</v>
       </c>
       <c r="B1278" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1278" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="D1278" t="s">
-        <v>2797</v>
+        <v>2793</v>
       </c>
       <c r="E1278" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="1279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1279" t="s">
-        <v>2799</v>
+        <v>2795</v>
       </c>
       <c r="B1279" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1279" t="s">
-        <v>2800</v>
+        <v>2796</v>
       </c>
       <c r="D1279" t="s">
-        <v>419</v>
+        <v>2797</v>
       </c>
       <c r="E1279" t="s">
-        <v>450</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="1280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1280" t="s">
         <v>2799</v>
       </c>
       <c r="B1280" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C1280" t="s">
-        <v>2801</v>
+        <v>2800</v>
       </c>
       <c r="D1280" t="s">
-        <v>2802</v>
+        <v>419</v>
       </c>
       <c r="E1280" t="s">
-        <v>2803</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1281" t="s">
-        <v>2804</v>
+        <v>2799</v>
       </c>
       <c r="B1281" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C1281" t="s">
-        <v>2805</v>
+        <v>2801</v>
       </c>
       <c r="D1281" t="s">
-        <v>2806</v>
+        <v>2802</v>
       </c>
       <c r="E1281" t="s">
-        <v>423</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="1282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1282" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B1282" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1282" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D1282" t="s">
+        <v>2806</v>
+      </c>
+      <c r="E1282" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1283" t="s">
         <v>2807</v>
       </c>
-      <c r="B1282" t="s">
-[...2 lines deleted...]
-      <c r="C1282" t="s">
+      <c r="B1283" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1283" t="s">
         <v>2808</v>
       </c>
-      <c r="D1282" t="s">
+      <c r="D1283" t="s">
         <v>2809</v>
       </c>
-      <c r="E1282" t="s">
-[...4 lines deleted...]
-      <c r="A1284" s="1" t="s">
+      <c r="E1283" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1285" s="1" t="s">
         <v>2810</v>
       </c>
-      <c r="B1284" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1285" s="1"/>
+      <c r="C1285" s="1"/>
+      <c r="D1285" s="1"/>
+      <c r="E1285" s="1"/>
     </row>
     <row r="1286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1286" t="s">
-        <v>2814</v>
+        <v>2811</v>
       </c>
       <c r="B1286" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1286" t="s">
-        <v>2815</v>
+        <v>2812</v>
       </c>
       <c r="D1286" t="s">
-        <v>2710</v>
+        <v>2813</v>
       </c>
       <c r="E1286" t="s">
-        <v>188</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1287" t="s">
-        <v>2816</v>
+        <v>2814</v>
       </c>
       <c r="B1287" t="s">
         <v>11</v>
       </c>
       <c r="C1287" t="s">
         <v>2815</v>
       </c>
       <c r="D1287" t="s">
-        <v>2817</v>
+        <v>2710</v>
       </c>
       <c r="E1287" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1288" t="s">
-        <v>2818</v>
+        <v>2816</v>
       </c>
       <c r="B1288" t="s">
         <v>11</v>
       </c>
       <c r="C1288" t="s">
-        <v>2819</v>
+        <v>2815</v>
       </c>
       <c r="D1288" t="s">
-        <v>2820</v>
+        <v>2817</v>
       </c>
       <c r="E1288" t="s">
-        <v>2356</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1289" t="s">
-        <v>2821</v>
+        <v>2818</v>
       </c>
       <c r="B1289" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1289" t="s">
-        <v>2822</v>
+        <v>2819</v>
       </c>
       <c r="D1289" t="s">
-        <v>2823</v>
+        <v>2820</v>
       </c>
       <c r="E1289" t="s">
         <v>2356</v>
       </c>
     </row>
     <row r="1290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1290" t="s">
-        <v>2824</v>
+        <v>2821</v>
       </c>
       <c r="B1290" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1290" t="s">
-        <v>2825</v>
+        <v>2822</v>
       </c>
       <c r="D1290" t="s">
-        <v>2826</v>
+        <v>2823</v>
       </c>
       <c r="E1290" t="s">
         <v>2356</v>
       </c>
     </row>
     <row r="1291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1291" t="s">
-        <v>2827</v>
+        <v>2824</v>
       </c>
       <c r="B1291" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1291" t="s">
-        <v>2828</v>
+        <v>2825</v>
       </c>
       <c r="D1291" t="s">
-        <v>2829</v>
+        <v>2826</v>
       </c>
       <c r="E1291" t="s">
-        <v>10</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1292" t="s">
-        <v>2830</v>
+        <v>2827</v>
       </c>
       <c r="B1292" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1292" t="s">
-        <v>2831</v>
+        <v>2828</v>
       </c>
       <c r="D1292" t="s">
-        <v>2832</v>
+        <v>2829</v>
       </c>
       <c r="E1292" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1293" t="s">
-        <v>2833</v>
+        <v>2830</v>
       </c>
       <c r="B1293" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1293" t="s">
-        <v>2834</v>
+        <v>2831</v>
       </c>
       <c r="D1293" t="s">
-        <v>2835</v>
+        <v>2832</v>
       </c>
       <c r="E1293" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1294" t="s">
-        <v>2836</v>
+        <v>2833</v>
       </c>
       <c r="B1294" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1294" t="s">
-        <v>2837</v>
+        <v>2834</v>
       </c>
       <c r="D1294" t="s">
-        <v>2838</v>
+        <v>2835</v>
       </c>
       <c r="E1294" t="s">
-        <v>2356</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1295" t="s">
-        <v>2839</v>
+        <v>2836</v>
       </c>
       <c r="B1295" t="s">
         <v>11</v>
       </c>
       <c r="C1295" t="s">
-        <v>2840</v>
+        <v>2837</v>
       </c>
       <c r="D1295" t="s">
-        <v>2841</v>
+        <v>2838</v>
       </c>
       <c r="E1295" t="s">
-        <v>2842</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1296" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B1296" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1296" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D1296" t="s">
+        <v>2841</v>
+      </c>
+      <c r="E1296" t="s">
+        <v>2842</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1297" t="s">
         <v>2843</v>
       </c>
-      <c r="B1296" t="s">
+      <c r="B1297" t="s">
         <v>36</v>
       </c>
-      <c r="C1296" t="s">
+      <c r="C1297" t="s">
         <v>2844</v>
       </c>
-      <c r="D1296" t="s">
+      <c r="D1297" t="s">
         <v>2845</v>
       </c>
-      <c r="E1296" t="s">
+      <c r="E1297" t="s">
         <v>2356</v>
       </c>
     </row>
-    <row r="1298" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1298" s="1" t="s">
+    <row r="1299" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1299" s="1" t="s">
         <v>2846</v>
       </c>
-      <c r="B1298" s="1"/>
-[...5 lines deleted...]
-      <c r="A1299" t="s">
+      <c r="B1299" s="1"/>
+      <c r="C1299" s="1"/>
+      <c r="D1299" s="1"/>
+      <c r="E1299" s="1"/>
+    </row>
+    <row r="1300" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1300" t="s">
         <v>2847</v>
       </c>
-      <c r="B1299" t="s">
-[...2 lines deleted...]
-      <c r="C1299" t="s">
+      <c r="B1300" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1300" t="s">
         <v>2848</v>
       </c>
-      <c r="D1299" t="s">
+      <c r="D1300" t="s">
         <v>2849</v>
       </c>
-      <c r="E1299" t="s">
-[...4 lines deleted...]
-      <c r="A1301" s="1" t="s">
+      <c r="E1300" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1302" s="1" t="s">
         <v>2850</v>
       </c>
-      <c r="B1301" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1302" s="1"/>
+      <c r="C1302" s="1"/>
+      <c r="D1302" s="1"/>
+      <c r="E1302" s="1"/>
     </row>
     <row r="1303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1303" t="s">
-        <v>2855</v>
+        <v>2851</v>
       </c>
       <c r="B1303" t="s">
         <v>11</v>
       </c>
       <c r="C1303" t="s">
-        <v>2856</v>
+        <v>2852</v>
       </c>
       <c r="D1303" t="s">
-        <v>2857</v>
+        <v>2853</v>
       </c>
       <c r="E1303" t="s">
-        <v>208</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1304" t="s">
-        <v>2858</v>
+        <v>2855</v>
       </c>
       <c r="B1304" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1304" t="s">
-        <v>2859</v>
+        <v>2856</v>
       </c>
       <c r="D1304" t="s">
-        <v>2860</v>
+        <v>2857</v>
       </c>
       <c r="E1304" t="s">
-        <v>2861</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1305" t="s">
-        <v>2862</v>
+        <v>2858</v>
       </c>
       <c r="B1305" t="s">
         <v>18</v>
       </c>
       <c r="C1305" t="s">
-        <v>2863</v>
+        <v>2859</v>
       </c>
       <c r="D1305" t="s">
-        <v>2864</v>
+        <v>2860</v>
       </c>
       <c r="E1305" t="s">
         <v>2861</v>
       </c>
     </row>
-    <row r="1307" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1307" s="1" t="s">
+    <row r="1306" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1306" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B1306" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1306" t="s">
+        <v>2863</v>
+      </c>
+      <c r="D1306" t="s">
+        <v>2864</v>
+      </c>
+      <c r="E1306" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1308" s="1" t="s">
         <v>2865</v>
       </c>
-      <c r="B1307" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1308" s="1"/>
+      <c r="C1308" s="1"/>
+      <c r="D1308" s="1"/>
+      <c r="E1308" s="1"/>
     </row>
     <row r="1309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1309" t="s">
-        <v>2869</v>
+        <v>2866</v>
       </c>
       <c r="B1309" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1309" t="s">
-        <v>2870</v>
+        <v>2867</v>
       </c>
       <c r="D1309" t="s">
-        <v>2860</v>
+        <v>2868</v>
       </c>
       <c r="E1309" t="s">
-        <v>2861</v>
+        <v>188</v>
       </c>
     </row>
     <row r="1310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1310" t="s">
-        <v>2871</v>
+        <v>2869</v>
       </c>
       <c r="B1310" t="s">
         <v>18</v>
       </c>
       <c r="C1310" t="s">
-        <v>2872</v>
+        <v>2870</v>
       </c>
       <c r="D1310" t="s">
-        <v>2864</v>
+        <v>2860</v>
       </c>
       <c r="E1310" t="s">
         <v>2861</v>
       </c>
     </row>
-    <row r="1312" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1312" s="1" t="s">
+    <row r="1311" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1311" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B1311" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1311" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D1311" t="s">
+        <v>2864</v>
+      </c>
+      <c r="E1311" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1313" s="1" t="s">
         <v>2873</v>
       </c>
-      <c r="B1312" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1313" s="1"/>
+      <c r="C1313" s="1"/>
+      <c r="D1313" s="1"/>
+      <c r="E1313" s="1"/>
     </row>
     <row r="1314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1314" t="s">
-        <v>2877</v>
+        <v>2874</v>
       </c>
       <c r="B1314" t="s">
         <v>18</v>
       </c>
       <c r="C1314" t="s">
-        <v>2878</v>
+        <v>2875</v>
       </c>
       <c r="D1314" t="s">
-        <v>106</v>
+        <v>2876</v>
       </c>
       <c r="E1314" t="s">
-        <v>2879</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="1315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1315" t="s">
-        <v>2880</v>
+        <v>2877</v>
       </c>
       <c r="B1315" t="s">
         <v>18</v>
       </c>
       <c r="C1315" t="s">
-        <v>2881</v>
+        <v>2878</v>
       </c>
       <c r="D1315" t="s">
-        <v>2882</v>
+        <v>106</v>
       </c>
       <c r="E1315" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="1316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1316" t="s">
-        <v>2883</v>
+        <v>2880</v>
       </c>
       <c r="B1316" t="s">
         <v>18</v>
       </c>
       <c r="C1316" t="s">
-        <v>2884</v>
+        <v>2881</v>
       </c>
       <c r="D1316" t="s">
-        <v>2885</v>
+        <v>2882</v>
       </c>
       <c r="E1316" t="s">
-        <v>2886</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1317" t="s">
-        <v>2887</v>
+        <v>2883</v>
       </c>
       <c r="B1317" t="s">
         <v>18</v>
       </c>
       <c r="C1317" t="s">
-        <v>2888</v>
+        <v>2884</v>
       </c>
       <c r="D1317" t="s">
-        <v>2889</v>
+        <v>2885</v>
       </c>
       <c r="E1317" t="s">
-        <v>2879</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1318" t="s">
-        <v>2890</v>
+        <v>2887</v>
       </c>
       <c r="B1318" t="s">
         <v>18</v>
       </c>
       <c r="C1318" t="s">
-        <v>2891</v>
+        <v>2888</v>
       </c>
       <c r="D1318" t="s">
-        <v>2892</v>
+        <v>2889</v>
       </c>
       <c r="E1318" t="s">
-        <v>2886</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1319" t="s">
-        <v>2893</v>
+        <v>2890</v>
       </c>
       <c r="B1319" t="s">
         <v>18</v>
       </c>
       <c r="C1319" t="s">
-        <v>2894</v>
+        <v>2891</v>
       </c>
       <c r="D1319" t="s">
-        <v>2895</v>
+        <v>2892</v>
       </c>
       <c r="E1319" t="s">
-        <v>2879</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1320" t="s">
-        <v>2896</v>
+        <v>2893</v>
       </c>
       <c r="B1320" t="s">
         <v>18</v>
       </c>
       <c r="C1320" t="s">
-        <v>2897</v>
+        <v>2894</v>
       </c>
       <c r="D1320" t="s">
-        <v>2898</v>
+        <v>2895</v>
       </c>
       <c r="E1320" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="1321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1321" t="s">
-        <v>2899</v>
+        <v>2896</v>
       </c>
       <c r="B1321" t="s">
         <v>18</v>
       </c>
       <c r="C1321" t="s">
-        <v>2900</v>
+        <v>2897</v>
       </c>
       <c r="D1321" t="s">
-        <v>2901</v>
+        <v>2898</v>
       </c>
       <c r="E1321" t="s">
-        <v>2886</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1322" t="s">
-        <v>2902</v>
+        <v>2899</v>
       </c>
       <c r="B1322" t="s">
         <v>18</v>
       </c>
       <c r="C1322" t="s">
-        <v>2903</v>
+        <v>2900</v>
       </c>
       <c r="D1322" t="s">
-        <v>2904</v>
+        <v>2901</v>
       </c>
       <c r="E1322" t="s">
-        <v>2879</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1323" t="s">
-        <v>2905</v>
+        <v>2902</v>
       </c>
       <c r="B1323" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1323" t="s">
-        <v>2906</v>
+        <v>2903</v>
       </c>
       <c r="D1323" t="s">
-        <v>2907</v>
+        <v>2904</v>
       </c>
       <c r="E1323" t="s">
-        <v>2908</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1324" t="s">
-        <v>2909</v>
+        <v>2905</v>
       </c>
       <c r="B1324" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1324" t="s">
-        <v>2910</v>
+        <v>2906</v>
       </c>
       <c r="D1324" t="s">
-        <v>2911</v>
+        <v>2907</v>
       </c>
       <c r="E1324" t="s">
-        <v>2879</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1325" t="s">
-        <v>2912</v>
+        <v>2909</v>
       </c>
       <c r="B1325" t="s">
         <v>18</v>
       </c>
       <c r="C1325" t="s">
-        <v>2913</v>
+        <v>2910</v>
       </c>
       <c r="D1325" t="s">
-        <v>2914</v>
+        <v>2911</v>
       </c>
       <c r="E1325" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="1326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1326" t="s">
-        <v>2915</v>
+        <v>2912</v>
       </c>
       <c r="B1326" t="s">
         <v>18</v>
       </c>
       <c r="C1326" t="s">
-        <v>2916</v>
+        <v>2913</v>
       </c>
       <c r="D1326" t="s">
-        <v>2917</v>
+        <v>2914</v>
       </c>
       <c r="E1326" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="1327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1327" t="s">
-        <v>2918</v>
+        <v>2915</v>
       </c>
       <c r="B1327" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1327" t="s">
-        <v>2919</v>
+        <v>2916</v>
       </c>
       <c r="D1327" t="s">
-        <v>2920</v>
+        <v>2917</v>
       </c>
       <c r="E1327" t="s">
-        <v>2921</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1328" t="s">
-        <v>2922</v>
+        <v>2918</v>
       </c>
       <c r="B1328" t="s">
         <v>36</v>
       </c>
       <c r="C1328" t="s">
-        <v>2923</v>
+        <v>2919</v>
       </c>
       <c r="D1328" t="s">
-        <v>2924</v>
+        <v>2920</v>
       </c>
       <c r="E1328" t="s">
-        <v>2925</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1329" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B1329" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1329" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D1329" t="s">
+        <v>2924</v>
+      </c>
+      <c r="E1329" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1330" t="s">
         <v>2926</v>
       </c>
-      <c r="B1329" t="s">
+      <c r="B1330" t="s">
         <v>18</v>
       </c>
-      <c r="C1329" t="s">
+      <c r="C1330" t="s">
         <v>2927</v>
       </c>
-      <c r="D1329" t="s">
+      <c r="D1330" t="s">
         <v>2928</v>
       </c>
-      <c r="E1329" t="s">
+      <c r="E1330" t="s">
         <v>2879</v>
       </c>
     </row>
-    <row r="1331" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1331" s="1" t="s">
+    <row r="1332" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1332" s="1" t="s">
         <v>2929</v>
       </c>
-      <c r="B1331" s="1"/>
-[...5 lines deleted...]
-      <c r="A1332" t="s">
+      <c r="B1332" s="1"/>
+      <c r="C1332" s="1"/>
+      <c r="D1332" s="1"/>
+      <c r="E1332" s="1"/>
+    </row>
+    <row r="1333" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1333" t="s">
         <v>2930</v>
       </c>
-      <c r="B1332" t="s">
-[...2 lines deleted...]
-      <c r="C1332" t="s">
+      <c r="B1333" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1333" t="s">
         <v>106</v>
       </c>
-      <c r="D1332" t="s">
+      <c r="D1333" t="s">
         <v>106</v>
       </c>
-      <c r="E1332" t="s">
-[...4 lines deleted...]
-      <c r="A1334" s="1" t="s">
+      <c r="E1333" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1335" s="1" t="s">
         <v>2931</v>
       </c>
-      <c r="B1334" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1335" s="1"/>
+      <c r="C1335" s="1"/>
+      <c r="D1335" s="1"/>
+      <c r="E1335" s="1"/>
     </row>
     <row r="1336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1336" t="s">
         <v>2932</v>
       </c>
       <c r="B1336" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C1336" t="s">
-        <v>106</v>
+        <v>2933</v>
       </c>
       <c r="D1336" t="s">
-        <v>2934</v>
+        <v>2384</v>
       </c>
       <c r="E1336" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1337" t="s">
-        <v>2935</v>
+        <v>2932</v>
       </c>
       <c r="B1337" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1337" t="s">
-        <v>2936</v>
+        <v>106</v>
       </c>
       <c r="D1337" t="s">
-        <v>1742</v>
+        <v>2934</v>
       </c>
       <c r="E1337" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1338" t="s">
         <v>2935</v>
       </c>
       <c r="B1338" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1338" t="s">
-        <v>2937</v>
+        <v>2936</v>
       </c>
       <c r="D1338" t="s">
-        <v>2938</v>
+        <v>1742</v>
       </c>
       <c r="E1338" t="s">
-        <v>2939</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1339" t="s">
-        <v>2940</v>
+        <v>2935</v>
       </c>
       <c r="B1339" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1339" t="s">
-        <v>2941</v>
+        <v>2937</v>
       </c>
       <c r="D1339" t="s">
-        <v>1746</v>
+        <v>2938</v>
       </c>
       <c r="E1339" t="s">
-        <v>208</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1340" t="s">
         <v>2940</v>
       </c>
       <c r="B1340" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C1340" t="s">
-        <v>2942</v>
+        <v>2941</v>
       </c>
       <c r="D1340" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="E1340" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1341" t="s">
         <v>2940</v>
       </c>
       <c r="B1341" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1341" t="s">
-        <v>2943</v>
+        <v>2942</v>
       </c>
       <c r="D1341" t="s">
-        <v>2944</v>
+        <v>1747</v>
       </c>
       <c r="E1341" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1342" t="s">
-        <v>2945</v>
+        <v>2940</v>
       </c>
       <c r="B1342" t="s">
         <v>11</v>
       </c>
       <c r="C1342" t="s">
-        <v>2937</v>
+        <v>2943</v>
       </c>
       <c r="D1342" t="s">
-        <v>2946</v>
+        <v>2944</v>
       </c>
       <c r="E1342" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1343" t="s">
-        <v>2947</v>
+        <v>2945</v>
       </c>
       <c r="B1343" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1343" t="s">
-        <v>106</v>
+        <v>2937</v>
       </c>
       <c r="D1343" t="s">
-        <v>2948</v>
+        <v>2946</v>
       </c>
       <c r="E1343" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1344" t="s">
-        <v>2949</v>
+        <v>2947</v>
       </c>
       <c r="B1344" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1344" t="s">
         <v>106</v>
       </c>
       <c r="D1344" t="s">
-        <v>2950</v>
+        <v>2948</v>
       </c>
       <c r="E1344" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1345" t="s">
-        <v>2951</v>
+        <v>2949</v>
       </c>
       <c r="B1345" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1345" t="s">
         <v>106</v>
       </c>
       <c r="D1345" t="s">
+        <v>2950</v>
+      </c>
+      <c r="E1345" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1346" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B1346" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1346" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1346" t="s">
         <v>2948</v>
       </c>
-      <c r="E1345" t="s">
-[...4 lines deleted...]
-      <c r="A1347" s="1" t="s">
+      <c r="E1346" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1348" s="1" t="s">
         <v>2952</v>
       </c>
-      <c r="B1347" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1348" s="1"/>
+      <c r="C1348" s="1"/>
+      <c r="D1348" s="1"/>
+      <c r="E1348" s="1"/>
     </row>
     <row r="1349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1349" t="s">
         <v>2953</v>
       </c>
       <c r="B1349" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1349" t="s">
-        <v>2955</v>
+        <v>2954</v>
       </c>
       <c r="D1349" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="E1349" t="s">
-        <v>1665</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1350" t="s">
-        <v>2956</v>
+        <v>2953</v>
       </c>
       <c r="B1350" t="s">
         <v>11</v>
       </c>
       <c r="C1350" t="s">
         <v>2955</v>
       </c>
       <c r="D1350" t="s">
-        <v>898</v>
+        <v>1664</v>
       </c>
       <c r="E1350" t="s">
-        <v>10</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="1351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1351" t="s">
-        <v>2957</v>
+        <v>2956</v>
       </c>
       <c r="B1351" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1351" t="s">
-        <v>2958</v>
+        <v>2955</v>
       </c>
       <c r="D1351" t="s">
-        <v>1668</v>
+        <v>898</v>
       </c>
       <c r="E1351" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1352" t="s">
         <v>2957</v>
       </c>
       <c r="B1352" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1352" t="s">
-        <v>2959</v>
+        <v>2958</v>
       </c>
       <c r="D1352" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="E1352" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1354" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1354" s="1" t="s">
+    <row r="1353" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1353" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B1353" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1353" t="s">
+        <v>2959</v>
+      </c>
+      <c r="D1353" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E1353" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1355" s="1" t="s">
         <v>2960</v>
       </c>
-      <c r="B1354" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1355" s="1"/>
+      <c r="C1355" s="1"/>
+      <c r="D1355" s="1"/>
+      <c r="E1355" s="1"/>
     </row>
     <row r="1356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1356" t="s">
         <v>2961</v>
       </c>
       <c r="B1356" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1356" t="s">
-        <v>2963</v>
+        <v>106</v>
       </c>
       <c r="D1356" t="s">
-        <v>2964</v>
+        <v>2962</v>
       </c>
       <c r="E1356" t="s">
-        <v>2965</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1357" t="s">
-        <v>2966</v>
+        <v>2961</v>
       </c>
       <c r="B1357" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1357" t="s">
-        <v>2967</v>
+        <v>2963</v>
       </c>
       <c r="D1357" t="s">
-        <v>2968</v>
+        <v>2964</v>
       </c>
       <c r="E1357" t="s">
-        <v>208</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1358" t="s">
         <v>2966</v>
       </c>
       <c r="B1358" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1358" t="s">
-        <v>2969</v>
+        <v>2967</v>
       </c>
       <c r="D1358" t="s">
-        <v>2970</v>
+        <v>2968</v>
       </c>
       <c r="E1358" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1359" t="s">
         <v>2966</v>
       </c>
       <c r="B1359" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1359" t="s">
-        <v>2971</v>
+        <v>2969</v>
       </c>
       <c r="D1359" t="s">
-        <v>2972</v>
+        <v>2970</v>
       </c>
       <c r="E1359" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1360" t="s">
-        <v>2973</v>
+        <v>2966</v>
       </c>
       <c r="B1360" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1360" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="D1360" t="s">
-        <v>2974</v>
+        <v>2972</v>
       </c>
       <c r="E1360" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1361" t="s">
-        <v>2975</v>
+        <v>2973</v>
       </c>
       <c r="B1361" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1361" t="s">
-        <v>106</v>
+        <v>2969</v>
       </c>
       <c r="D1361" t="s">
-        <v>2976</v>
+        <v>2974</v>
       </c>
       <c r="E1361" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1362" t="s">
-        <v>2977</v>
+        <v>2975</v>
       </c>
       <c r="B1362" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1362" t="s">
         <v>106</v>
       </c>
       <c r="D1362" t="s">
-        <v>2978</v>
+        <v>2976</v>
       </c>
       <c r="E1362" t="s">
-        <v>2979</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1363" t="s">
-        <v>2980</v>
+        <v>2977</v>
       </c>
       <c r="B1363" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1363" t="s">
         <v>106</v>
       </c>
       <c r="D1363" t="s">
-        <v>2981</v>
+        <v>2978</v>
       </c>
       <c r="E1363" t="s">
-        <v>208</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1364" t="s">
         <v>2980</v>
       </c>
       <c r="B1364" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1364" t="s">
         <v>106</v>
       </c>
       <c r="D1364" t="s">
-        <v>2982</v>
+        <v>2981</v>
       </c>
       <c r="E1364" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1365" t="s">
-        <v>2983</v>
+        <v>2980</v>
       </c>
       <c r="B1365" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1365" t="s">
         <v>106</v>
       </c>
       <c r="D1365" t="s">
-        <v>2984</v>
+        <v>2982</v>
       </c>
       <c r="E1365" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1367" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1367" s="1" t="s">
+    <row r="1366" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1366" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B1366" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1366" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1366" t="s">
+        <v>2984</v>
+      </c>
+      <c r="E1366" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1368" s="1" t="s">
         <v>2985</v>
       </c>
-      <c r="B1367" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1368" s="1"/>
+      <c r="C1368" s="1"/>
+      <c r="D1368" s="1"/>
+      <c r="E1368" s="1"/>
     </row>
     <row r="1369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1369" t="s">
-        <v>2989</v>
+        <v>2986</v>
       </c>
       <c r="B1369" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1369" t="s">
-        <v>2990</v>
+        <v>2987</v>
       </c>
       <c r="D1369" t="s">
-        <v>2991</v>
+        <v>2988</v>
       </c>
       <c r="E1369" t="s">
-        <v>2992</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1370" t="s">
         <v>2989</v>
       </c>
       <c r="B1370" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1370" t="s">
-        <v>2993</v>
+        <v>2990</v>
       </c>
       <c r="D1370" t="s">
-        <v>2994</v>
+        <v>2991</v>
       </c>
       <c r="E1370" t="s">
         <v>2992</v>
       </c>
     </row>
     <row r="1371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1371" t="s">
         <v>2989</v>
       </c>
       <c r="B1371" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1371" t="s">
-        <v>2995</v>
+        <v>2993</v>
       </c>
       <c r="D1371" t="s">
-        <v>2996</v>
+        <v>2994</v>
       </c>
       <c r="E1371" t="s">
         <v>2992</v>
       </c>
     </row>
     <row r="1372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1372" t="s">
-        <v>2997</v>
+        <v>2989</v>
       </c>
       <c r="B1372" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1372" t="s">
-        <v>2998</v>
+        <v>2995</v>
       </c>
       <c r="D1372" t="s">
-        <v>2999</v>
+        <v>2996</v>
       </c>
       <c r="E1372" t="s">
         <v>2992</v>
       </c>
     </row>
     <row r="1373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1373" t="s">
-        <v>3000</v>
+        <v>2997</v>
       </c>
       <c r="B1373" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1373" t="s">
-        <v>3001</v>
+        <v>2998</v>
       </c>
       <c r="D1373" t="s">
-        <v>3002</v>
+        <v>2999</v>
       </c>
       <c r="E1373" t="s">
-        <v>3003</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1374" t="s">
-        <v>3004</v>
+        <v>3000</v>
       </c>
       <c r="B1374" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1374" t="s">
-        <v>2990</v>
+        <v>3001</v>
       </c>
       <c r="D1374" t="s">
-        <v>3005</v>
+        <v>3002</v>
       </c>
       <c r="E1374" t="s">
-        <v>2992</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1375" t="s">
-        <v>3006</v>
+        <v>3004</v>
       </c>
       <c r="B1375" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1375" t="s">
-        <v>3001</v>
+        <v>2990</v>
       </c>
       <c r="D1375" t="s">
-        <v>3007</v>
+        <v>3005</v>
       </c>
       <c r="E1375" t="s">
-        <v>1713</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1376" t="s">
-        <v>3008</v>
+        <v>3006</v>
       </c>
       <c r="B1376" t="s">
         <v>11</v>
       </c>
       <c r="C1376" t="s">
-        <v>3009</v>
+        <v>3001</v>
       </c>
       <c r="D1376" t="s">
-        <v>3010</v>
+        <v>3007</v>
       </c>
       <c r="E1376" t="s">
-        <v>3011</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="1377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1377" t="s">
-        <v>3012</v>
+        <v>3008</v>
       </c>
       <c r="B1377" t="s">
         <v>11</v>
       </c>
       <c r="C1377" t="s">
-        <v>3013</v>
+        <v>3009</v>
       </c>
       <c r="D1377" t="s">
-        <v>3014</v>
+        <v>3010</v>
       </c>
       <c r="E1377" t="s">
         <v>3011</v>
       </c>
     </row>
     <row r="1378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1378" t="s">
-        <v>3015</v>
+        <v>3012</v>
       </c>
       <c r="B1378" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C1378" t="s">
-        <v>3016</v>
+        <v>3013</v>
       </c>
       <c r="D1378" t="s">
-        <v>3017</v>
+        <v>3014</v>
       </c>
       <c r="E1378" t="s">
-        <v>208</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1379" t="s">
-        <v>3018</v>
+        <v>3015</v>
       </c>
       <c r="B1379" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1379" t="s">
-        <v>3019</v>
+        <v>3016</v>
       </c>
       <c r="D1379" t="s">
-        <v>3020</v>
+        <v>3017</v>
       </c>
       <c r="E1379" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1380" t="s">
-        <v>3021</v>
+        <v>3018</v>
       </c>
       <c r="B1380" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1380" t="s">
-        <v>3022</v>
+        <v>3019</v>
       </c>
       <c r="D1380" t="s">
-        <v>3023</v>
+        <v>3020</v>
       </c>
       <c r="E1380" t="s">
-        <v>3024</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1381" t="s">
-        <v>3025</v>
+        <v>3021</v>
       </c>
       <c r="B1381" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1381" t="s">
-        <v>3016</v>
+        <v>3022</v>
       </c>
       <c r="D1381" t="s">
-        <v>3026</v>
+        <v>3023</v>
       </c>
       <c r="E1381" t="s">
-        <v>10</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1382" t="s">
-        <v>3027</v>
+        <v>3025</v>
       </c>
       <c r="B1382" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1382" t="s">
-        <v>3028</v>
+        <v>3016</v>
       </c>
       <c r="D1382" t="s">
-        <v>3029</v>
+        <v>3026</v>
       </c>
       <c r="E1382" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1383" t="s">
-        <v>3030</v>
+        <v>3027</v>
       </c>
       <c r="B1383" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C1383" t="s">
-        <v>3031</v>
+        <v>3028</v>
       </c>
       <c r="D1383" t="s">
-        <v>3032</v>
+        <v>3029</v>
       </c>
       <c r="E1383" t="s">
-        <v>3033</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1384" t="s">
-        <v>3034</v>
+        <v>3030</v>
       </c>
       <c r="B1384" t="s">
         <v>36</v>
       </c>
       <c r="C1384" t="s">
         <v>3031</v>
       </c>
       <c r="D1384" t="s">
-        <v>3035</v>
+        <v>3032</v>
       </c>
       <c r="E1384" t="s">
-        <v>10</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1385" t="s">
-        <v>3036</v>
+        <v>3034</v>
       </c>
       <c r="B1385" t="s">
         <v>36</v>
       </c>
       <c r="C1385" t="s">
-        <v>2993</v>
+        <v>3031</v>
       </c>
       <c r="D1385" t="s">
-        <v>3037</v>
+        <v>3035</v>
       </c>
       <c r="E1385" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1386" t="s">
-        <v>3038</v>
+        <v>3036</v>
       </c>
       <c r="B1386" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C1386" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
       <c r="D1386" t="s">
-        <v>3039</v>
+        <v>3037</v>
       </c>
       <c r="E1386" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1387" t="s">
-        <v>3040</v>
+        <v>3038</v>
       </c>
       <c r="B1387" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1387" t="s">
-        <v>3009</v>
+        <v>2990</v>
       </c>
       <c r="D1387" t="s">
-        <v>3041</v>
+        <v>3039</v>
       </c>
       <c r="E1387" t="s">
-        <v>3042</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1388" t="s">
-        <v>3043</v>
+        <v>3040</v>
       </c>
       <c r="B1388" t="s">
         <v>11</v>
       </c>
       <c r="C1388" t="s">
-        <v>3001</v>
+        <v>3009</v>
       </c>
       <c r="D1388" t="s">
-        <v>3044</v>
+        <v>3041</v>
       </c>
       <c r="E1388" t="s">
-        <v>1634</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1389" t="s">
-        <v>3045</v>
+        <v>3043</v>
       </c>
       <c r="B1389" t="s">
         <v>11</v>
       </c>
       <c r="C1389" t="s">
-        <v>3009</v>
+        <v>3001</v>
       </c>
       <c r="D1389" t="s">
-        <v>3046</v>
+        <v>3044</v>
       </c>
       <c r="E1389" t="s">
-        <v>3047</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="1390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1390" t="s">
-        <v>3048</v>
+        <v>3045</v>
       </c>
       <c r="B1390" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1390" t="s">
-        <v>106</v>
+        <v>3009</v>
       </c>
       <c r="D1390" t="s">
-        <v>3049</v>
+        <v>3046</v>
       </c>
       <c r="E1390" t="s">
-        <v>10</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1391" t="s">
-        <v>3050</v>
+        <v>3048</v>
       </c>
       <c r="B1391" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1391" t="s">
-        <v>3001</v>
+        <v>106</v>
       </c>
       <c r="D1391" t="s">
-        <v>3051</v>
+        <v>3049</v>
       </c>
       <c r="E1391" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1392" t="s">
-        <v>3052</v>
+        <v>3050</v>
       </c>
       <c r="B1392" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1392" t="s">
-        <v>3053</v>
+        <v>3001</v>
       </c>
       <c r="D1392" t="s">
-        <v>3054</v>
+        <v>3051</v>
       </c>
       <c r="E1392" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1393" t="s">
         <v>3052</v>
       </c>
       <c r="B1393" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C1393" t="s">
-        <v>3055</v>
+        <v>3053</v>
       </c>
       <c r="D1393" t="s">
-        <v>3056</v>
+        <v>3054</v>
       </c>
       <c r="E1393" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1394" t="s">
-        <v>3057</v>
+        <v>3052</v>
       </c>
       <c r="B1394" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C1394" t="s">
-        <v>3058</v>
+        <v>3055</v>
       </c>
       <c r="D1394" t="s">
-        <v>3059</v>
+        <v>3056</v>
       </c>
       <c r="E1394" t="s">
-        <v>2992</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1395" t="s">
         <v>3057</v>
       </c>
       <c r="B1395" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1395" t="s">
-        <v>3060</v>
+        <v>3058</v>
       </c>
       <c r="D1395" t="s">
-        <v>419</v>
+        <v>3059</v>
       </c>
       <c r="E1395" t="s">
         <v>2992</v>
       </c>
     </row>
     <row r="1396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1396" t="s">
-        <v>3061</v>
+        <v>3057</v>
       </c>
       <c r="B1396" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1396" t="s">
-        <v>3062</v>
+        <v>3060</v>
       </c>
       <c r="D1396" t="s">
-        <v>3063</v>
+        <v>419</v>
       </c>
       <c r="E1396" t="s">
-        <v>3064</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1397" t="s">
-        <v>3065</v>
+        <v>3061</v>
       </c>
       <c r="B1397" t="s">
         <v>11</v>
       </c>
       <c r="C1397" t="s">
         <v>3062</v>
       </c>
       <c r="D1397" t="s">
-        <v>3066</v>
+        <v>3063</v>
       </c>
       <c r="E1397" t="s">
-        <v>3067</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1398" t="s">
-        <v>3068</v>
+        <v>3065</v>
       </c>
       <c r="B1398" t="s">
         <v>11</v>
       </c>
       <c r="C1398" t="s">
         <v>3062</v>
       </c>
       <c r="D1398" t="s">
-        <v>3069</v>
+        <v>3066</v>
       </c>
       <c r="E1398" t="s">
-        <v>3070</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1399" t="s">
-        <v>3071</v>
+        <v>3068</v>
       </c>
       <c r="B1399" t="s">
         <v>11</v>
       </c>
       <c r="C1399" t="s">
-        <v>3072</v>
+        <v>3062</v>
       </c>
       <c r="D1399" t="s">
-        <v>3073</v>
+        <v>3069</v>
       </c>
       <c r="E1399" t="s">
-        <v>2992</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1400" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B1400" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1400" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D1400" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E1400" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1401" t="s">
         <v>3074</v>
       </c>
-      <c r="B1400" t="s">
+      <c r="B1401" t="s">
         <v>18</v>
       </c>
-      <c r="C1400" t="s">
+      <c r="C1401" t="s">
         <v>3058</v>
       </c>
-      <c r="D1400" t="s">
+      <c r="D1401" t="s">
         <v>3075</v>
       </c>
-      <c r="E1400" t="s">
+      <c r="E1401" t="s">
         <v>3076</v>
       </c>
     </row>
-    <row r="1402" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1402" s="1" t="s">
+    <row r="1403" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1403" s="1" t="s">
         <v>3077</v>
       </c>
-      <c r="B1402" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1403" s="1"/>
+      <c r="C1403" s="1"/>
+      <c r="D1403" s="1"/>
+      <c r="E1403" s="1"/>
     </row>
     <row r="1404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1404" t="s">
-        <v>3080</v>
+        <v>3078</v>
       </c>
       <c r="B1404" t="s">
         <v>11</v>
       </c>
       <c r="C1404" t="s">
-        <v>3081</v>
+        <v>3079</v>
       </c>
       <c r="D1404" t="s">
         <v>106</v>
       </c>
       <c r="E1404" t="s">
-        <v>748</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1405" t="s">
-        <v>3082</v>
+        <v>3080</v>
       </c>
       <c r="B1405" t="s">
         <v>11</v>
       </c>
       <c r="C1405" t="s">
-        <v>3083</v>
+        <v>3081</v>
       </c>
       <c r="D1405" t="s">
         <v>106</v>
       </c>
       <c r="E1405" t="s">
-        <v>10</v>
+        <v>748</v>
       </c>
     </row>
     <row r="1406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1406" t="s">
-        <v>3084</v>
+        <v>3082</v>
       </c>
       <c r="B1406" t="s">
         <v>11</v>
       </c>
       <c r="C1406" t="s">
-        <v>3085</v>
+        <v>3083</v>
       </c>
       <c r="D1406" t="s">
         <v>106</v>
       </c>
       <c r="E1406" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1407" t="s">
-        <v>3086</v>
+        <v>3084</v>
       </c>
       <c r="B1407" t="s">
         <v>11</v>
       </c>
       <c r="C1407" t="s">
-        <v>3087</v>
+        <v>3085</v>
       </c>
       <c r="D1407" t="s">
         <v>106</v>
       </c>
       <c r="E1407" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1408" t="s">
-        <v>3088</v>
+        <v>3086</v>
       </c>
       <c r="B1408" t="s">
         <v>11</v>
       </c>
       <c r="C1408" t="s">
-        <v>3089</v>
+        <v>3087</v>
       </c>
       <c r="D1408" t="s">
         <v>106</v>
       </c>
       <c r="E1408" t="s">
-        <v>748</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1409" t="s">
-        <v>3090</v>
+        <v>3088</v>
       </c>
       <c r="B1409" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1409" t="s">
-        <v>3091</v>
+        <v>3089</v>
       </c>
       <c r="D1409" t="s">
         <v>106</v>
       </c>
       <c r="E1409" t="s">
         <v>748</v>
       </c>
     </row>
-    <row r="1411" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1411" s="1" t="s">
+    <row r="1410" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1410" t="s">
+        <v>3090</v>
+      </c>
+      <c r="B1410" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1410" t="s">
+        <v>3091</v>
+      </c>
+      <c r="D1410" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1410" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1412" s="1" t="s">
         <v>3092</v>
       </c>
-      <c r="B1411" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1412" s="1"/>
+      <c r="C1412" s="1"/>
+      <c r="D1412" s="1"/>
+      <c r="E1412" s="1"/>
     </row>
     <row r="1413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1413" t="s">
         <v>3093</v>
       </c>
       <c r="B1413" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1413" t="s">
-        <v>2937</v>
+        <v>2936</v>
       </c>
       <c r="D1413" t="s">
-        <v>3095</v>
+        <v>3094</v>
       </c>
       <c r="E1413" t="s">
-        <v>3096</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1414" t="s">
-        <v>3097</v>
+        <v>3093</v>
       </c>
       <c r="B1414" t="s">
         <v>11</v>
       </c>
       <c r="C1414" t="s">
         <v>2937</v>
       </c>
       <c r="D1414" t="s">
         <v>3095</v>
       </c>
       <c r="E1414" t="s">
-        <v>10</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1415" t="s">
-        <v>3098</v>
+        <v>3097</v>
       </c>
       <c r="B1415" t="s">
         <v>11</v>
       </c>
       <c r="C1415" t="s">
-        <v>2943</v>
+        <v>2937</v>
       </c>
       <c r="D1415" t="s">
-        <v>3099</v>
+        <v>3095</v>
       </c>
       <c r="E1415" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1416" t="s">
         <v>3098</v>
       </c>
       <c r="B1416" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1416" t="s">
-        <v>2941</v>
+        <v>2943</v>
       </c>
       <c r="D1416" t="s">
-        <v>3100</v>
+        <v>3099</v>
       </c>
       <c r="E1416" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1417" t="s">
         <v>3098</v>
       </c>
       <c r="B1417" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1417" t="s">
-        <v>2942</v>
+        <v>2941</v>
       </c>
       <c r="D1417" t="s">
-        <v>3101</v>
+        <v>3100</v>
       </c>
       <c r="E1417" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1419" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1419" s="1" t="s">
+    <row r="1418" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1418" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B1418" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1418" t="s">
+        <v>2942</v>
+      </c>
+      <c r="D1418" t="s">
+        <v>3101</v>
+      </c>
+      <c r="E1418" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1420" s="1" t="s">
         <v>3102</v>
       </c>
-      <c r="B1419" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1420" s="1"/>
+      <c r="C1420" s="1"/>
+      <c r="D1420" s="1"/>
+      <c r="E1420" s="1"/>
     </row>
     <row r="1421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1421" t="s">
         <v>3103</v>
       </c>
       <c r="B1421" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1421" t="s">
-        <v>3106</v>
+        <v>3104</v>
       </c>
       <c r="D1421" t="s">
-        <v>3107</v>
+        <v>3105</v>
       </c>
       <c r="E1421" t="s">
-        <v>3108</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1422" t="s">
-        <v>3109</v>
+        <v>3103</v>
       </c>
       <c r="B1422" t="s">
         <v>11</v>
       </c>
       <c r="C1422" t="s">
         <v>3106</v>
       </c>
       <c r="D1422" t="s">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="E1422" t="s">
-        <v>10</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1423" t="s">
-        <v>3111</v>
+        <v>3109</v>
       </c>
       <c r="B1423" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1423" t="s">
-        <v>3112</v>
+        <v>3106</v>
       </c>
       <c r="D1423" t="s">
-        <v>3113</v>
+        <v>3110</v>
       </c>
       <c r="E1423" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1424" t="s">
         <v>3111</v>
       </c>
       <c r="B1424" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1424" t="s">
-        <v>3114</v>
+        <v>3112</v>
       </c>
       <c r="D1424" t="s">
-        <v>3115</v>
+        <v>3113</v>
       </c>
       <c r="E1424" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1425" t="s">
-        <v>3116</v>
+        <v>3111</v>
       </c>
       <c r="B1425" t="s">
         <v>36</v>
       </c>
       <c r="C1425" t="s">
         <v>3114</v>
       </c>
       <c r="D1425" t="s">
-        <v>394</v>
+        <v>3115</v>
       </c>
       <c r="E1425" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1426" t="s">
-        <v>3117</v>
+        <v>3116</v>
       </c>
       <c r="B1426" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1426" t="s">
-        <v>3118</v>
+        <v>3114</v>
       </c>
       <c r="D1426" t="s">
-        <v>3119</v>
+        <v>394</v>
       </c>
       <c r="E1426" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1427" t="s">
         <v>3117</v>
       </c>
       <c r="B1427" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1427" t="s">
-        <v>3120</v>
+        <v>3118</v>
       </c>
       <c r="D1427" t="s">
-        <v>3121</v>
+        <v>3119</v>
       </c>
       <c r="E1427" t="s">
-        <v>3122</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1428" t="s">
-        <v>3123</v>
+        <v>3117</v>
       </c>
       <c r="B1428" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1428" t="s">
-        <v>3124</v>
+        <v>3120</v>
       </c>
       <c r="D1428" t="s">
-        <v>3125</v>
+        <v>3121</v>
       </c>
       <c r="E1428" t="s">
-        <v>208</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1429" t="s">
         <v>3123</v>
       </c>
       <c r="B1429" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1429" t="s">
-        <v>3126</v>
+        <v>3124</v>
       </c>
       <c r="D1429" t="s">
-        <v>3127</v>
+        <v>3125</v>
       </c>
       <c r="E1429" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1430" t="s">
-        <v>3128</v>
+        <v>3123</v>
       </c>
       <c r="B1430" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C1430" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="D1430" t="s">
-        <v>3129</v>
+        <v>3127</v>
       </c>
       <c r="E1430" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1431" t="s">
-        <v>3130</v>
+        <v>3128</v>
       </c>
       <c r="B1431" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C1431" t="s">
-        <v>3131</v>
+        <v>3124</v>
       </c>
       <c r="D1431" t="s">
-        <v>3132</v>
+        <v>3129</v>
       </c>
       <c r="E1431" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1432" t="s">
         <v>3130</v>
       </c>
       <c r="B1432" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1432" t="s">
-        <v>3133</v>
+        <v>3131</v>
       </c>
       <c r="D1432" t="s">
-        <v>3134</v>
+        <v>3132</v>
       </c>
       <c r="E1432" t="s">
-        <v>3135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1433" t="s">
-        <v>3136</v>
+        <v>3130</v>
       </c>
       <c r="B1433" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1433" t="s">
-        <v>3137</v>
+        <v>3133</v>
       </c>
       <c r="D1433" t="s">
-        <v>3138</v>
+        <v>3134</v>
       </c>
       <c r="E1433" t="s">
-        <v>208</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1434" t="s">
         <v>3136</v>
       </c>
       <c r="B1434" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1434" t="s">
-        <v>3139</v>
+        <v>3137</v>
       </c>
       <c r="D1434" t="s">
-        <v>3140</v>
+        <v>3138</v>
       </c>
       <c r="E1434" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1435" t="s">
-        <v>3141</v>
+        <v>3136</v>
       </c>
       <c r="B1435" t="s">
         <v>36</v>
       </c>
       <c r="C1435" t="s">
         <v>3139</v>
       </c>
       <c r="D1435" t="s">
+        <v>3140</v>
+      </c>
+      <c r="E1435" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1436" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B1436" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1436" t="s">
+        <v>3139</v>
+      </c>
+      <c r="D1436" t="s">
         <v>3142</v>
       </c>
-      <c r="E1435" t="s">
-[...4 lines deleted...]
-      <c r="A1437" s="1" t="s">
+      <c r="E1436" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1438" s="1" t="s">
         <v>3143</v>
       </c>
-      <c r="B1437" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1438" s="1"/>
+      <c r="C1438" s="1"/>
+      <c r="D1438" s="1"/>
+      <c r="E1438" s="1"/>
     </row>
     <row r="1439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1439" t="s">
-        <v>3146</v>
+        <v>3144</v>
       </c>
       <c r="B1439" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1439" t="s">
         <v>106</v>
       </c>
       <c r="D1439" t="s">
-        <v>3147</v>
+        <v>3145</v>
       </c>
       <c r="E1439" t="s">
-        <v>3148</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1440" t="s">
-        <v>3149</v>
+        <v>3146</v>
       </c>
       <c r="B1440" t="s">
         <v>11</v>
       </c>
       <c r="C1440" t="s">
         <v>106</v>
       </c>
       <c r="D1440" t="s">
-        <v>3150</v>
+        <v>3147</v>
       </c>
       <c r="E1440" t="s">
-        <v>3151</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1441" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1441" t="s">
-        <v>3152</v>
+        <v>3149</v>
       </c>
       <c r="B1441" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1441" t="s">
         <v>106</v>
       </c>
       <c r="D1441" t="s">
-        <v>3153</v>
+        <v>3150</v>
       </c>
       <c r="E1441" t="s">
-        <v>3154</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1442" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1442" t="s">
-        <v>3155</v>
+        <v>3152</v>
       </c>
       <c r="B1442" t="s">
         <v>82</v>
       </c>
       <c r="C1442" t="s">
         <v>106</v>
       </c>
       <c r="D1442" t="s">
-        <v>3156</v>
+        <v>3153</v>
       </c>
       <c r="E1442" t="s">
-        <v>10</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1443" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1443" t="s">
-        <v>3157</v>
+        <v>3155</v>
       </c>
       <c r="B1443" t="s">
         <v>82</v>
       </c>
       <c r="C1443" t="s">
         <v>106</v>
       </c>
       <c r="D1443" t="s">
-        <v>3158</v>
+        <v>3156</v>
       </c>
       <c r="E1443" t="s">
-        <v>3154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1444" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1444" t="s">
-        <v>3159</v>
+        <v>3157</v>
       </c>
       <c r="B1444" t="s">
         <v>82</v>
       </c>
       <c r="C1444" t="s">
         <v>106</v>
       </c>
       <c r="D1444" t="s">
-        <v>3160</v>
+        <v>3158</v>
       </c>
       <c r="E1444" t="s">
-        <v>10</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1445" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1445" t="s">
-        <v>3161</v>
+        <v>3159</v>
       </c>
       <c r="B1445" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C1445" t="s">
         <v>106</v>
       </c>
       <c r="D1445" t="s">
-        <v>3162</v>
+        <v>3160</v>
       </c>
       <c r="E1445" t="s">
-        <v>3154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1446" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1446" t="s">
-        <v>3163</v>
+        <v>3161</v>
       </c>
       <c r="B1446" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1446" t="s">
         <v>106</v>
       </c>
       <c r="D1446" t="s">
-        <v>3164</v>
+        <v>3162</v>
       </c>
       <c r="E1446" t="s">
-        <v>10</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1447" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1447" t="s">
-        <v>3165</v>
+        <v>3163</v>
       </c>
       <c r="B1447" t="s">
         <v>82</v>
       </c>
       <c r="C1447" t="s">
         <v>106</v>
       </c>
       <c r="D1447" t="s">
-        <v>3166</v>
+        <v>3164</v>
       </c>
       <c r="E1447" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1448" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1448" t="s">
-        <v>3167</v>
+        <v>3165</v>
       </c>
       <c r="B1448" t="s">
         <v>82</v>
       </c>
       <c r="C1448" t="s">
         <v>106</v>
       </c>
       <c r="D1448" t="s">
-        <v>3168</v>
+        <v>3166</v>
       </c>
       <c r="E1448" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1449" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1449" t="s">
-        <v>3169</v>
+        <v>3167</v>
       </c>
       <c r="B1449" t="s">
         <v>82</v>
       </c>
       <c r="C1449" t="s">
         <v>106</v>
       </c>
       <c r="D1449" t="s">
-        <v>3170</v>
+        <v>3168</v>
       </c>
       <c r="E1449" t="s">
-        <v>3154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1450" t="s">
-        <v>3171</v>
+        <v>3169</v>
       </c>
       <c r="B1450" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C1450" t="s">
         <v>106</v>
       </c>
       <c r="D1450" t="s">
-        <v>3172</v>
+        <v>3170</v>
       </c>
       <c r="E1450" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="1451" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1451" t="s">
-        <v>3173</v>
+        <v>3171</v>
       </c>
       <c r="B1451" t="s">
         <v>11</v>
       </c>
       <c r="C1451" t="s">
         <v>106</v>
       </c>
       <c r="D1451" t="s">
-        <v>3174</v>
+        <v>3172</v>
       </c>
       <c r="E1451" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="1452" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1452" t="s">
-        <v>3175</v>
+        <v>3173</v>
       </c>
       <c r="B1452" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1452" t="s">
         <v>106</v>
       </c>
       <c r="D1452" t="s">
-        <v>3176</v>
+        <v>3174</v>
       </c>
       <c r="E1452" t="s">
-        <v>10</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1453" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1453" t="s">
-        <v>3177</v>
+        <v>3175</v>
       </c>
       <c r="B1453" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1453" t="s">
         <v>106</v>
       </c>
       <c r="D1453" t="s">
-        <v>3178</v>
+        <v>3176</v>
       </c>
       <c r="E1453" t="s">
-        <v>3154</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1454" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1454" t="s">
-        <v>3179</v>
+        <v>3177</v>
       </c>
       <c r="B1454" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1454" t="s">
         <v>106</v>
       </c>
       <c r="D1454" t="s">
-        <v>3180</v>
+        <v>3178</v>
       </c>
       <c r="E1454" t="s">
-        <v>3181</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1455" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1455" t="s">
-        <v>3182</v>
+        <v>3179</v>
       </c>
       <c r="B1455" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1455" t="s">
         <v>106</v>
       </c>
       <c r="D1455" t="s">
-        <v>3183</v>
+        <v>3180</v>
       </c>
       <c r="E1455" t="s">
-        <v>10</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1456" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1456" t="s">
-        <v>3184</v>
+        <v>3182</v>
       </c>
       <c r="B1456" t="s">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="C1456" t="s">
         <v>106</v>
       </c>
       <c r="D1456" t="s">
-        <v>3185</v>
+        <v>3183</v>
       </c>
       <c r="E1456" t="s">
-        <v>3186</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1457" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1457" t="s">
-        <v>3187</v>
+        <v>3184</v>
       </c>
       <c r="B1457" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1457" t="s">
         <v>106</v>
       </c>
       <c r="D1457" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E1457" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1458" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B1458" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1458" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1458" t="s">
         <v>3188</v>
       </c>
-      <c r="E1457" t="s">
+      <c r="E1458" t="s">
         <v>3189</v>
       </c>
     </row>
-    <row r="1459" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1459" s="1" t="s">
+    <row r="1460" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1460" s="1" t="s">
         <v>3190</v>
       </c>
-      <c r="B1459" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1460" s="1"/>
+      <c r="C1460" s="1"/>
+      <c r="D1460" s="1"/>
+      <c r="E1460" s="1"/>
     </row>
     <row r="1461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1461" t="s">
         <v>3191</v>
       </c>
       <c r="B1461" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1461" t="s">
         <v>106</v>
       </c>
       <c r="D1461" t="s">
-        <v>3193</v>
+        <v>3192</v>
       </c>
       <c r="E1461" t="s">
-        <v>3194</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1462" t="s">
-        <v>3195</v>
+        <v>3191</v>
       </c>
       <c r="B1462" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1462" t="s">
         <v>106</v>
       </c>
       <c r="D1462" t="s">
-        <v>3196</v>
+        <v>3193</v>
       </c>
       <c r="E1462" t="s">
-        <v>208</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1463" t="s">
         <v>3195</v>
       </c>
       <c r="B1463" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1463" t="s">
         <v>106</v>
       </c>
       <c r="D1463" t="s">
-        <v>3197</v>
+        <v>3196</v>
       </c>
       <c r="E1463" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1464" t="s">
         <v>3195</v>
       </c>
       <c r="B1464" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1464" t="s">
         <v>106</v>
       </c>
       <c r="D1464" t="s">
-        <v>3198</v>
+        <v>3197</v>
       </c>
       <c r="E1464" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1465" t="s">
-        <v>3199</v>
+        <v>3195</v>
       </c>
       <c r="B1465" t="s">
         <v>11</v>
       </c>
       <c r="C1465" t="s">
         <v>106</v>
       </c>
       <c r="D1465" t="s">
-        <v>3200</v>
+        <v>3198</v>
       </c>
       <c r="E1465" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1466" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1466" t="s">
-        <v>3201</v>
+        <v>3199</v>
       </c>
       <c r="B1466" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="C1466" t="s">
         <v>106</v>
       </c>
       <c r="D1466" t="s">
-        <v>3202</v>
+        <v>3200</v>
       </c>
       <c r="E1466" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1467" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1467" t="s">
-        <v>3203</v>
+        <v>3201</v>
       </c>
       <c r="B1467" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="C1467" t="s">
         <v>106</v>
       </c>
       <c r="D1467" t="s">
-        <v>3204</v>
+        <v>3202</v>
       </c>
       <c r="E1467" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1468" t="s">
-        <v>3205</v>
+        <v>3203</v>
       </c>
       <c r="B1468" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="C1468" t="s">
         <v>106</v>
       </c>
       <c r="D1468" t="s">
-        <v>3206</v>
+        <v>3204</v>
       </c>
       <c r="E1468" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1469" t="s">
-        <v>3207</v>
+        <v>3205</v>
       </c>
       <c r="B1469" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="C1469" t="s">
         <v>106</v>
       </c>
       <c r="D1469" t="s">
-        <v>3208</v>
+        <v>3206</v>
       </c>
       <c r="E1469" t="s">
-        <v>3209</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1470" t="s">
-        <v>3210</v>
+        <v>3207</v>
       </c>
       <c r="B1470" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1470" t="s">
         <v>106</v>
       </c>
       <c r="D1470" t="s">
-        <v>3211</v>
+        <v>3208</v>
       </c>
       <c r="E1470" t="s">
-        <v>10</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1471" t="s">
-        <v>3212</v>
+        <v>3210</v>
       </c>
       <c r="B1471" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1471" t="s">
         <v>106</v>
       </c>
       <c r="D1471" t="s">
-        <v>3213</v>
+        <v>3211</v>
       </c>
       <c r="E1471" t="s">
-        <v>3214</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1472" t="s">
-        <v>3215</v>
+        <v>3212</v>
       </c>
       <c r="B1472" t="s">
         <v>11</v>
       </c>
       <c r="C1472" t="s">
         <v>106</v>
       </c>
       <c r="D1472" t="s">
-        <v>3216</v>
+        <v>3213</v>
       </c>
       <c r="E1472" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="1473" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1473" t="s">
-        <v>3217</v>
+        <v>3215</v>
       </c>
       <c r="B1473" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1473" t="s">
         <v>106</v>
       </c>
       <c r="D1473" t="s">
-        <v>3218</v>
+        <v>3216</v>
       </c>
       <c r="E1473" t="s">
-        <v>10</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1474" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1474" t="s">
-        <v>3219</v>
+        <v>3217</v>
       </c>
       <c r="B1474" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1474" t="s">
         <v>106</v>
       </c>
       <c r="D1474" t="s">
-        <v>3220</v>
+        <v>3218</v>
       </c>
       <c r="E1474" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1475" t="s">
-        <v>3221</v>
+        <v>3219</v>
       </c>
       <c r="B1475" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C1475" t="s">
         <v>106</v>
       </c>
       <c r="D1475" t="s">
-        <v>3222</v>
+        <v>3220</v>
       </c>
       <c r="E1475" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1476" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1476" t="s">
-        <v>3223</v>
+        <v>3221</v>
       </c>
       <c r="B1476" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="C1476" t="s">
         <v>106</v>
       </c>
       <c r="D1476" t="s">
-        <v>3224</v>
+        <v>3222</v>
       </c>
       <c r="E1476" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1477" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1477" t="s">
-        <v>3225</v>
+        <v>3223</v>
       </c>
       <c r="B1477" t="s">
         <v>36</v>
       </c>
       <c r="C1477" t="s">
         <v>106</v>
       </c>
       <c r="D1477" t="s">
+        <v>3224</v>
+      </c>
+      <c r="E1477" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1478" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B1478" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1478" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1478" t="s">
         <v>3226</v>
       </c>
-      <c r="E1477" t="s">
-[...4 lines deleted...]
-      <c r="A1479" s="1" t="s">
+      <c r="E1478" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1480" s="1" t="s">
         <v>3227</v>
       </c>
-      <c r="B1479" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1480" s="1"/>
+      <c r="C1480" s="1"/>
+      <c r="D1480" s="1"/>
+      <c r="E1480" s="1"/>
     </row>
     <row r="1481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1481" t="s">
         <v>3228</v>
       </c>
       <c r="B1481" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1481" t="s">
-        <v>3231</v>
+        <v>3229</v>
       </c>
       <c r="D1481" t="s">
-        <v>3232</v>
+        <v>3230</v>
       </c>
       <c r="E1481" t="s">
-        <v>3233</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1482" t="s">
-        <v>3234</v>
+        <v>3228</v>
       </c>
       <c r="B1482" t="s">
         <v>11</v>
       </c>
       <c r="C1482" t="s">
-        <v>3235</v>
+        <v>3231</v>
       </c>
       <c r="D1482" t="s">
-        <v>3236</v>
+        <v>3232</v>
       </c>
       <c r="E1482" t="s">
-        <v>3237</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="1483" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1483" t="s">
-        <v>3238</v>
+        <v>3234</v>
       </c>
       <c r="B1483" t="s">
         <v>11</v>
       </c>
       <c r="C1483" t="s">
-        <v>3239</v>
+        <v>3235</v>
       </c>
       <c r="D1483" t="s">
-        <v>3240</v>
+        <v>3236</v>
       </c>
       <c r="E1483" t="s">
-        <v>3241</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="1484" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1484" t="s">
-        <v>3242</v>
+        <v>3238</v>
       </c>
       <c r="B1484" t="s">
         <v>11</v>
       </c>
       <c r="C1484" t="s">
-        <v>3243</v>
+        <v>3239</v>
       </c>
       <c r="D1484" t="s">
-        <v>3244</v>
+        <v>3240</v>
       </c>
       <c r="E1484" t="s">
-        <v>3245</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="1485" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1485" t="s">
-        <v>3246</v>
+        <v>3242</v>
       </c>
       <c r="B1485" t="s">
         <v>11</v>
       </c>
       <c r="C1485" t="s">
-        <v>3247</v>
+        <v>3243</v>
       </c>
       <c r="D1485" t="s">
-        <v>3248</v>
+        <v>3244</v>
       </c>
       <c r="E1485" t="s">
-        <v>3249</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1486" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1486" t="s">
-        <v>3250</v>
+        <v>3246</v>
       </c>
       <c r="B1486" t="s">
         <v>11</v>
       </c>
       <c r="C1486" t="s">
-        <v>3251</v>
+        <v>3247</v>
       </c>
       <c r="D1486" t="s">
-        <v>3252</v>
+        <v>3248</v>
       </c>
       <c r="E1486" t="s">
-        <v>3253</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="1487" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1487" t="s">
-        <v>3254</v>
+        <v>3250</v>
       </c>
       <c r="B1487" t="s">
         <v>11</v>
       </c>
       <c r="C1487" t="s">
-        <v>3255</v>
+        <v>3251</v>
       </c>
       <c r="D1487" t="s">
-        <v>3256</v>
+        <v>3252</v>
       </c>
       <c r="E1487" t="s">
-        <v>3257</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="1488" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1488" t="s">
-        <v>3258</v>
+        <v>3254</v>
       </c>
       <c r="B1488" t="s">
         <v>11</v>
       </c>
       <c r="C1488" t="s">
-        <v>3259</v>
+        <v>3255</v>
       </c>
       <c r="D1488" t="s">
-        <v>3260</v>
+        <v>3256</v>
       </c>
       <c r="E1488" t="s">
-        <v>208</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1489" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1489" t="s">
         <v>3258</v>
       </c>
       <c r="B1489" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1489" t="s">
-        <v>3261</v>
+        <v>3259</v>
       </c>
       <c r="D1489" t="s">
-        <v>3262</v>
+        <v>3260</v>
       </c>
       <c r="E1489" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1490" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1490" t="s">
         <v>3258</v>
       </c>
       <c r="B1490" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1490" t="s">
-        <v>3263</v>
+        <v>3261</v>
       </c>
       <c r="D1490" t="s">
-        <v>3264</v>
+        <v>3262</v>
       </c>
       <c r="E1490" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1491" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1491" t="s">
-        <v>3265</v>
+        <v>3258</v>
       </c>
       <c r="B1491" t="s">
         <v>36</v>
       </c>
       <c r="C1491" t="s">
         <v>3263</v>
       </c>
       <c r="D1491" t="s">
+        <v>3264</v>
+      </c>
+      <c r="E1491" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1492" t="s">
+        <v>3265</v>
+      </c>
+      <c r="B1492" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1492" t="s">
+        <v>3263</v>
+      </c>
+      <c r="D1492" t="s">
         <v>3266</v>
       </c>
-      <c r="E1491" t="s">
-[...4 lines deleted...]
-      <c r="A1493" s="1" t="s">
+      <c r="E1492" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1494" s="1" t="s">
         <v>3267</v>
       </c>
-      <c r="B1493" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1494" s="1"/>
+      <c r="C1494" s="1"/>
+      <c r="D1494" s="1"/>
+      <c r="E1494" s="1"/>
     </row>
     <row r="1495" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1495" t="s">
         <v>3268</v>
       </c>
       <c r="B1495" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C1495" t="s">
-        <v>3271</v>
+        <v>3269</v>
       </c>
       <c r="D1495" t="s">
-        <v>3272</v>
+        <v>3270</v>
       </c>
       <c r="E1495" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1496" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1496" t="s">
-        <v>3273</v>
+        <v>3268</v>
       </c>
       <c r="B1496" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1496" t="s">
-        <v>3274</v>
+        <v>3271</v>
       </c>
       <c r="D1496" t="s">
-        <v>3275</v>
+        <v>3272</v>
       </c>
       <c r="E1496" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1497" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1497" t="s">
-        <v>3276</v>
+        <v>3273</v>
       </c>
       <c r="B1497" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1497" t="s">
-        <v>3277</v>
+        <v>3274</v>
       </c>
       <c r="D1497" t="s">
-        <v>3278</v>
+        <v>3275</v>
       </c>
       <c r="E1497" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1498" t="s">
         <v>3276</v>
       </c>
       <c r="B1498" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1498" t="s">
-        <v>3279</v>
+        <v>3277</v>
       </c>
       <c r="D1498" t="s">
-        <v>3280</v>
+        <v>3278</v>
       </c>
       <c r="E1498" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1499" t="s">
-        <v>3281</v>
+        <v>3276</v>
       </c>
       <c r="B1499" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C1499" t="s">
-        <v>3282</v>
+        <v>3279</v>
       </c>
       <c r="D1499" t="s">
-        <v>3283</v>
+        <v>3280</v>
       </c>
       <c r="E1499" t="s">
-        <v>3284</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1500" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1500" t="s">
-        <v>3285</v>
+        <v>3281</v>
       </c>
       <c r="B1500" t="s">
         <v>11</v>
       </c>
       <c r="C1500" t="s">
-        <v>3286</v>
+        <v>3282</v>
       </c>
       <c r="D1500" t="s">
-        <v>3287</v>
+        <v>3283</v>
       </c>
       <c r="E1500" t="s">
-        <v>208</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1501" t="s">
-        <v>3288</v>
+        <v>3285</v>
       </c>
       <c r="B1501" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1501" t="s">
-        <v>3277</v>
+        <v>3286</v>
       </c>
       <c r="D1501" t="s">
-        <v>3289</v>
+        <v>3287</v>
       </c>
       <c r="E1501" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="1503" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1503" s="1" t="s">
+    <row r="1502" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1502" t="s">
+        <v>3288</v>
+      </c>
+      <c r="B1502" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1502" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D1502" t="s">
+        <v>3289</v>
+      </c>
+      <c r="E1502" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1504" s="1" t="s">
         <v>3290</v>
       </c>
-      <c r="B1503" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1504" s="1"/>
+      <c r="C1504" s="1"/>
+      <c r="D1504" s="1"/>
+      <c r="E1504" s="1"/>
     </row>
     <row r="1505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1505" t="s">
-        <v>3294</v>
+        <v>3291</v>
       </c>
       <c r="B1505" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C1505" t="s">
-        <v>3295</v>
+        <v>3292</v>
       </c>
       <c r="D1505" t="s">
-        <v>3296</v>
+        <v>3293</v>
       </c>
       <c r="E1505" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1506" t="s">
         <v>3294</v>
       </c>
       <c r="B1506" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1506" t="s">
-        <v>3297</v>
+        <v>3295</v>
       </c>
       <c r="D1506" t="s">
-        <v>3298</v>
+        <v>3296</v>
       </c>
       <c r="E1506" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1507" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1507" t="s">
-        <v>3299</v>
+        <v>3294</v>
       </c>
       <c r="B1507" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C1507" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="D1507" t="s">
-        <v>3300</v>
+        <v>3298</v>
       </c>
       <c r="E1507" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="1508" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1508" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B1508" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1508" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D1508" t="s">
+        <v>3300</v>
+      </c>
+      <c r="E1508" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1509" t="s">
         <v>3301</v>
       </c>
-      <c r="B1508" t="s">
-[...2 lines deleted...]
-      <c r="C1508" t="s">
+      <c r="B1509" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1509" t="s">
         <v>3302</v>
       </c>
-      <c r="D1508" t="s">
+      <c r="D1509" t="s">
         <v>3303</v>
       </c>
-      <c r="E1508" t="s">
+      <c r="E1509" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="1510" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1510" s="1" t="s">
+    <row r="1511" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1511" s="1" t="s">
         <v>3304</v>
       </c>
-      <c r="B1510" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1511" s="1"/>
+      <c r="C1511" s="1"/>
+      <c r="D1511" s="1"/>
+      <c r="E1511" s="1"/>
     </row>
     <row r="1512" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1512" t="s">
         <v>3305</v>
       </c>
       <c r="B1512" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1512" t="s">
         <v>106</v>
       </c>
       <c r="D1512" t="s">
+        <v>3306</v>
+      </c>
+      <c r="E1512" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1513" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B1513" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1513" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1513" t="s">
         <v>3307</v>
       </c>
-      <c r="E1512" t="s">
-[...4 lines deleted...]
-      <c r="A1514" s="1" t="s">
+      <c r="E1513" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1515" s="1" t="s">
         <v>3308</v>
       </c>
-      <c r="B1514" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1515" s="1"/>
+      <c r="C1515" s="1"/>
+      <c r="D1515" s="1"/>
+      <c r="E1515" s="1"/>
     </row>
     <row r="1516" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1516" t="s">
         <v>3309</v>
       </c>
       <c r="B1516" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1516" t="s">
         <v>106</v>
       </c>
       <c r="D1516" t="s">
+        <v>3310</v>
+      </c>
+      <c r="E1516" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1517" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B1517" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1517" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1517" t="s">
         <v>3311</v>
       </c>
-      <c r="E1516" t="s">
-[...4 lines deleted...]
-      <c r="A1518" s="1" t="s">
+      <c r="E1517" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1519" s="1" t="s">
         <v>3312</v>
       </c>
-      <c r="B1518" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1519" s="1"/>
+      <c r="C1519" s="1"/>
+      <c r="D1519" s="1"/>
+      <c r="E1519" s="1"/>
     </row>
     <row r="1520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1520" t="s">
-        <v>3315</v>
+        <v>3313</v>
       </c>
       <c r="B1520" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1520" t="s">
         <v>106</v>
       </c>
       <c r="D1520" t="s">
-        <v>3316</v>
+        <v>3314</v>
       </c>
       <c r="E1520" t="s">
-        <v>3317</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1521" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1521" t="s">
-        <v>3318</v>
+        <v>3315</v>
       </c>
       <c r="B1521" t="s">
         <v>11</v>
       </c>
       <c r="C1521" t="s">
         <v>106</v>
       </c>
       <c r="D1521" t="s">
-        <v>3319</v>
+        <v>3316</v>
       </c>
       <c r="E1521" t="s">
-        <v>3320</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="1522" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1522" t="s">
         <v>3318</v>
       </c>
       <c r="B1522" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1522" t="s">
         <v>106</v>
       </c>
       <c r="D1522" t="s">
-        <v>3321</v>
+        <v>3319</v>
       </c>
       <c r="E1522" t="s">
         <v>3320</v>
       </c>
     </row>
     <row r="1523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1523" t="s">
-        <v>3322</v>
+        <v>3318</v>
       </c>
       <c r="B1523" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1523" t="s">
         <v>106</v>
       </c>
       <c r="D1523" t="s">
-        <v>3323</v>
+        <v>3321</v>
       </c>
       <c r="E1523" t="s">
         <v>3320</v>
       </c>
     </row>
     <row r="1524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1524" t="s">
-        <v>3324</v>
+        <v>3322</v>
       </c>
       <c r="B1524" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="C1524" t="s">
         <v>106</v>
       </c>
       <c r="D1524" t="s">
-        <v>3325</v>
+        <v>3323</v>
       </c>
       <c r="E1524" t="s">
         <v>3320</v>
       </c>
     </row>
-    <row r="1526" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1526" s="1" t="s">
+    <row r="1525" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1525" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B1525" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1525" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1525" t="s">
+        <v>3325</v>
+      </c>
+      <c r="E1525" t="s">
+        <v>3320</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1527" s="1" t="s">
         <v>3326</v>
       </c>
-      <c r="B1526" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1527" s="1"/>
+      <c r="C1527" s="1"/>
+      <c r="D1527" s="1"/>
+      <c r="E1527" s="1"/>
     </row>
     <row r="1528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1528" t="s">
         <v>3327</v>
       </c>
       <c r="B1528" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1528" t="s">
         <v>106</v>
       </c>
       <c r="D1528" t="s">
-        <v>3330</v>
+        <v>3328</v>
       </c>
       <c r="E1528" t="s">
-        <v>10</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="1529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1529" t="s">
-        <v>3331</v>
+        <v>3327</v>
       </c>
       <c r="B1529" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1529" t="s">
         <v>106</v>
       </c>
       <c r="D1529" t="s">
-        <v>3332</v>
+        <v>3330</v>
       </c>
       <c r="E1529" t="s">
-        <v>3333</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1530" t="s">
-        <v>3334</v>
+        <v>3331</v>
       </c>
       <c r="B1530" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1530" t="s">
         <v>106</v>
       </c>
       <c r="D1530" t="s">
+        <v>3332</v>
+      </c>
+      <c r="E1530" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1531" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B1531" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1531" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1531" t="s">
         <v>3335</v>
       </c>
-      <c r="E1530" t="s">
-[...4 lines deleted...]
-      <c r="A1532" s="1" t="s">
+      <c r="E1531" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1533" s="1" t="s">
         <v>3336</v>
       </c>
-      <c r="B1532" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1533" s="1"/>
+      <c r="C1533" s="1"/>
+      <c r="D1533" s="1"/>
+      <c r="E1533" s="1"/>
     </row>
     <row r="1534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1534" t="s">
-        <v>3340</v>
+        <v>3337</v>
       </c>
       <c r="B1534" t="s">
         <v>7</v>
       </c>
       <c r="C1534" t="s">
-        <v>3341</v>
+        <v>3338</v>
       </c>
       <c r="D1534" t="s">
-        <v>3342</v>
+        <v>3339</v>
       </c>
       <c r="E1534" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1535" t="s">
-        <v>3343</v>
+        <v>3340</v>
       </c>
       <c r="B1535" t="s">
         <v>7</v>
       </c>
       <c r="C1535" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D1535" t="s">
+        <v>3342</v>
+      </c>
+      <c r="E1535" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1536" t="s">
+        <v>3343</v>
+      </c>
+      <c r="B1536" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1536" t="s">
         <v>3344</v>
       </c>
-      <c r="D1535" t="s">
+      <c r="D1536" t="s">
         <v>3345</v>
       </c>
-      <c r="E1535" t="s">
-[...4 lines deleted...]
-      <c r="A1537" s="1" t="s">
+      <c r="E1536" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1538" s="1" t="s">
         <v>3346</v>
       </c>
-      <c r="B1537" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1538" s="1"/>
+      <c r="C1538" s="1"/>
+      <c r="D1538" s="1"/>
+      <c r="E1538" s="1"/>
     </row>
     <row r="1539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1539" t="s">
-        <v>3351</v>
+        <v>3347</v>
       </c>
       <c r="B1539" t="s">
         <v>11</v>
       </c>
       <c r="C1539" t="s">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="D1539" t="s">
-        <v>3353</v>
+        <v>3349</v>
       </c>
       <c r="E1539" t="s">
-        <v>3354</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1540" t="s">
-        <v>3355</v>
+        <v>3351</v>
       </c>
       <c r="B1540" t="s">
         <v>11</v>
       </c>
       <c r="C1540" t="s">
         <v>3352</v>
       </c>
       <c r="D1540" t="s">
-        <v>3356</v>
+        <v>3353</v>
       </c>
       <c r="E1540" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="1541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1541" t="s">
-        <v>3357</v>
+        <v>3355</v>
       </c>
       <c r="B1541" t="s">
         <v>11</v>
       </c>
       <c r="C1541" t="s">
         <v>3352</v>
       </c>
       <c r="D1541" t="s">
-        <v>3358</v>
+        <v>3356</v>
       </c>
       <c r="E1541" t="s">
-        <v>3359</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="1542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1542" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B1542" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1542" t="s">
+        <v>3352</v>
+      </c>
+      <c r="D1542" t="s">
+        <v>3358</v>
+      </c>
+      <c r="E1542" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1543" t="s">
         <v>3360</v>
       </c>
-      <c r="B1542" t="s">
-[...2 lines deleted...]
-      <c r="C1542" t="s">
+      <c r="B1543" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1543" t="s">
         <v>3361</v>
       </c>
-      <c r="D1542" t="s">
+      <c r="D1543" t="s">
         <v>3362</v>
       </c>
-      <c r="E1542" t="s">
+      <c r="E1543" t="s">
         <v>3363</v>
       </c>
     </row>
-    <row r="1544" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1544" s="1" t="s">
+    <row r="1545" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1545" s="1" t="s">
         <v>3364</v>
       </c>
-      <c r="B1544" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1545" s="1"/>
+      <c r="C1545" s="1"/>
+      <c r="D1545" s="1"/>
+      <c r="E1545" s="1"/>
     </row>
     <row r="1546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1546" t="s">
-        <v>3369</v>
+        <v>3365</v>
       </c>
       <c r="B1546" t="s">
         <v>11</v>
       </c>
       <c r="C1546" t="s">
-        <v>3370</v>
+        <v>3366</v>
       </c>
       <c r="D1546" t="s">
-        <v>3371</v>
+        <v>3367</v>
       </c>
       <c r="E1546" t="s">
-        <v>3372</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1547" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1547" t="s">
-        <v>3373</v>
+        <v>3369</v>
       </c>
       <c r="B1547" t="s">
         <v>11</v>
       </c>
       <c r="C1547" t="s">
-        <v>3374</v>
+        <v>3370</v>
       </c>
       <c r="D1547" t="s">
-        <v>3375</v>
+        <v>3371</v>
       </c>
       <c r="E1547" t="s">
-        <v>3376</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1548" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1548" t="s">
-        <v>3377</v>
+        <v>3373</v>
       </c>
       <c r="B1548" t="s">
         <v>11</v>
       </c>
       <c r="C1548" t="s">
-        <v>3378</v>
+        <v>3374</v>
       </c>
       <c r="D1548" t="s">
-        <v>3379</v>
+        <v>3375</v>
       </c>
       <c r="E1548" t="s">
-        <v>3380</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1549" t="s">
-        <v>3381</v>
+        <v>3377</v>
       </c>
       <c r="B1549" t="s">
         <v>11</v>
       </c>
       <c r="C1549" t="s">
-        <v>3382</v>
+        <v>3378</v>
       </c>
       <c r="D1549" t="s">
-        <v>3383</v>
+        <v>3379</v>
       </c>
       <c r="E1549" t="s">
-        <v>3384</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1550" t="s">
-        <v>3385</v>
+        <v>3381</v>
       </c>
       <c r="B1550" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1550" t="s">
-        <v>3366</v>
+        <v>3382</v>
       </c>
       <c r="D1550" t="s">
-        <v>3386</v>
+        <v>3383</v>
       </c>
       <c r="E1550" t="s">
-        <v>3387</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="1551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1551" t="s">
-        <v>3388</v>
+        <v>3385</v>
       </c>
       <c r="B1551" t="s">
         <v>7</v>
       </c>
       <c r="C1551" t="s">
-        <v>3389</v>
+        <v>3366</v>
       </c>
       <c r="D1551" t="s">
-        <v>3390</v>
+        <v>3386</v>
       </c>
       <c r="E1551" t="s">
-        <v>10</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="1552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1552" t="s">
+        <v>3388</v>
+      </c>
+      <c r="B1552" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1552" t="s">
+        <v>3389</v>
+      </c>
+      <c r="D1552" t="s">
+        <v>3390</v>
+      </c>
+      <c r="E1552" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1553" t="s">
         <v>3391</v>
       </c>
-      <c r="B1552" t="s">
+      <c r="B1553" t="s">
         <v>36</v>
       </c>
-      <c r="C1552" t="s">
+      <c r="C1553" t="s">
         <v>3366</v>
       </c>
-      <c r="D1552" t="s">
+      <c r="D1553" t="s">
         <v>3392</v>
       </c>
-      <c r="E1552" t="s">
-[...4 lines deleted...]
-      <c r="A1554" s="1" t="s">
+      <c r="E1553" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1555" s="1" t="s">
         <v>3393</v>
       </c>
-      <c r="B1554" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1555" s="1"/>
+      <c r="C1555" s="1"/>
+      <c r="D1555" s="1"/>
+      <c r="E1555" s="1"/>
     </row>
     <row r="1556" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1556" t="s">
-        <v>3398</v>
+        <v>3394</v>
       </c>
       <c r="B1556" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1556" t="s">
-        <v>3399</v>
+        <v>3395</v>
       </c>
       <c r="D1556" t="s">
-        <v>3400</v>
+        <v>3396</v>
       </c>
       <c r="E1556" t="s">
-        <v>10</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="1557" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1557" t="s">
-        <v>3401</v>
+        <v>3398</v>
       </c>
       <c r="B1557" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1557" t="s">
-        <v>3402</v>
+        <v>3399</v>
       </c>
       <c r="D1557" t="s">
-        <v>3403</v>
+        <v>3400</v>
       </c>
       <c r="E1557" t="s">
-        <v>3404</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1558" t="s">
-        <v>3405</v>
+        <v>3401</v>
       </c>
       <c r="B1558" t="s">
         <v>11</v>
       </c>
       <c r="C1558" t="s">
-        <v>3406</v>
+        <v>3402</v>
       </c>
       <c r="D1558" t="s">
-        <v>3407</v>
+        <v>3403</v>
       </c>
       <c r="E1558" t="s">
-        <v>3408</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1559" t="s">
-        <v>3409</v>
+        <v>3405</v>
       </c>
       <c r="B1559" t="s">
         <v>11</v>
       </c>
       <c r="C1559" t="s">
-        <v>3410</v>
+        <v>3406</v>
       </c>
       <c r="D1559" t="s">
-        <v>3411</v>
+        <v>3407</v>
       </c>
       <c r="E1559" t="s">
-        <v>3412</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1560" t="s">
-        <v>3413</v>
+        <v>3409</v>
       </c>
       <c r="B1560" t="s">
         <v>11</v>
       </c>
       <c r="C1560" t="s">
-        <v>3414</v>
+        <v>3410</v>
       </c>
       <c r="D1560" t="s">
-        <v>3415</v>
+        <v>3411</v>
       </c>
       <c r="E1560" t="s">
-        <v>3416</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1561" t="s">
-        <v>3417</v>
+        <v>3413</v>
       </c>
       <c r="B1561" t="s">
         <v>11</v>
       </c>
       <c r="C1561" t="s">
-        <v>3418</v>
+        <v>3414</v>
       </c>
       <c r="D1561" t="s">
-        <v>3419</v>
+        <v>3415</v>
       </c>
       <c r="E1561" t="s">
-        <v>3420</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1562" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B1562" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1562" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D1562" t="s">
+        <v>3419</v>
+      </c>
+      <c r="E1562" t="s">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1563" t="s">
         <v>3421</v>
       </c>
-      <c r="B1562" t="s">
-[...2 lines deleted...]
-      <c r="C1562" t="s">
+      <c r="B1563" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1563" t="s">
         <v>3422</v>
       </c>
-      <c r="D1562" t="s">
+      <c r="D1563" t="s">
         <v>3423</v>
       </c>
-      <c r="E1562" t="s">
+      <c r="E1563" t="s">
         <v>3424</v>
       </c>
     </row>
-    <row r="1564" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1564" s="1" t="s">
+    <row r="1565" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1565" s="1" t="s">
         <v>3425</v>
       </c>
-      <c r="B1564" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1565" s="1"/>
+      <c r="C1565" s="1"/>
+      <c r="D1565" s="1"/>
+      <c r="E1565" s="1"/>
     </row>
     <row r="1566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1566" t="s">
-        <v>3430</v>
+        <v>3426</v>
       </c>
       <c r="B1566" t="s">
         <v>11</v>
       </c>
       <c r="C1566" t="s">
-        <v>3431</v>
+        <v>3427</v>
       </c>
       <c r="D1566" t="s">
-        <v>3432</v>
+        <v>3428</v>
       </c>
       <c r="E1566" t="s">
-        <v>3433</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="1567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1567" t="s">
-        <v>3434</v>
+        <v>3430</v>
       </c>
       <c r="B1567" t="s">
         <v>11</v>
       </c>
       <c r="C1567" t="s">
-        <v>3435</v>
+        <v>3431</v>
       </c>
       <c r="D1567" t="s">
-        <v>3436</v>
+        <v>3432</v>
       </c>
       <c r="E1567" t="s">
-        <v>3437</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1568" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1568" t="s">
-        <v>3438</v>
+        <v>3434</v>
       </c>
       <c r="B1568" t="s">
         <v>11</v>
       </c>
       <c r="C1568" t="s">
-        <v>3439</v>
+        <v>3435</v>
       </c>
       <c r="D1568" t="s">
-        <v>3440</v>
+        <v>3436</v>
       </c>
       <c r="E1568" t="s">
-        <v>3441</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="1569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1569" t="s">
-        <v>3442</v>
+        <v>3438</v>
       </c>
       <c r="B1569" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1569" t="s">
-        <v>3443</v>
+        <v>3439</v>
       </c>
       <c r="D1569" t="s">
-        <v>3444</v>
+        <v>3440</v>
       </c>
       <c r="E1569" t="s">
-        <v>10</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="1570" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1570" t="s">
-        <v>3445</v>
+        <v>3442</v>
       </c>
       <c r="B1570" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1570" t="s">
-        <v>3431</v>
+        <v>3443</v>
       </c>
       <c r="D1570" t="s">
-        <v>3446</v>
+        <v>3444</v>
       </c>
       <c r="E1570" t="s">
-        <v>3447</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1571" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1571" t="s">
-        <v>3448</v>
+        <v>3445</v>
       </c>
       <c r="B1571" t="s">
         <v>11</v>
       </c>
       <c r="C1571" t="s">
-        <v>3439</v>
+        <v>3431</v>
       </c>
       <c r="D1571" t="s">
-        <v>3449</v>
+        <v>3446</v>
       </c>
       <c r="E1571" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="1572" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1572" t="s">
-        <v>3451</v>
+        <v>3448</v>
       </c>
       <c r="B1572" t="s">
         <v>11</v>
       </c>
       <c r="C1572" t="s">
-        <v>3452</v>
+        <v>3439</v>
       </c>
       <c r="D1572" t="s">
-        <v>3453</v>
+        <v>3449</v>
       </c>
       <c r="E1572" t="s">
         <v>3450</v>
       </c>
     </row>
-    <row r="1574" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1574" s="1" t="s">
+    <row r="1573" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1573" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B1573" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1573" t="s">
+        <v>3452</v>
+      </c>
+      <c r="D1573" t="s">
+        <v>3453</v>
+      </c>
+      <c r="E1573" t="s">
+        <v>3450</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1575" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="B1574" s="1"/>
-[...5 lines deleted...]
-      <c r="A1575" t="s">
+      <c r="B1575" s="1"/>
+      <c r="C1575" s="1"/>
+      <c r="D1575" s="1"/>
+      <c r="E1575" s="1"/>
+    </row>
+    <row r="1576" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1576" t="s">
         <v>3455</v>
       </c>
-      <c r="B1575" t="s">
-[...2 lines deleted...]
-      <c r="C1575" t="s">
+      <c r="B1576" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1576" t="s">
         <v>106</v>
       </c>
-      <c r="D1575" t="s">
+      <c r="D1576" t="s">
         <v>3456</v>
       </c>
-      <c r="E1575" t="s">
+      <c r="E1576" t="s">
         <v>3154</v>
       </c>
     </row>
-    <row r="1577" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1577" s="1" t="s">
+    <row r="1578" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1578" s="1" t="s">
         <v>3457</v>
       </c>
-      <c r="B1577" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1578" s="1"/>
+      <c r="C1578" s="1"/>
+      <c r="D1578" s="1"/>
+      <c r="E1578" s="1"/>
     </row>
     <row r="1579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1579" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B1579" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1579" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D1579" t="s">
+        <v>3460</v>
+      </c>
+      <c r="E1579" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1580" t="s">
         <v>3462</v>
       </c>
-      <c r="B1579" t="s">
-[...2 lines deleted...]
-      <c r="C1579" t="s">
+      <c r="B1580" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1580" t="s">
         <v>3463</v>
       </c>
-      <c r="D1579" t="s">
+      <c r="D1580" t="s">
         <v>3464</v>
       </c>
-      <c r="E1579" t="s">
+      <c r="E1580" t="s">
         <v>3465</v>
       </c>
     </row>
-    <row r="1581" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1581" s="1" t="s">
+    <row r="1582" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1582" s="1" t="s">
         <v>3466</v>
       </c>
-      <c r="B1581" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1582" s="1"/>
+      <c r="C1582" s="1"/>
+      <c r="D1582" s="1"/>
+      <c r="E1582" s="1"/>
     </row>
     <row r="1583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1583" t="s">
-        <v>3471</v>
+        <v>3467</v>
       </c>
       <c r="B1583" t="s">
         <v>11</v>
       </c>
       <c r="C1583" t="s">
-        <v>106</v>
+        <v>3468</v>
       </c>
       <c r="D1583" t="s">
-        <v>3472</v>
+        <v>3469</v>
       </c>
       <c r="E1583" t="s">
         <v>3470</v>
       </c>
     </row>
-    <row r="1585" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1585" s="1" t="s">
+    <row r="1584" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1584" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B1584" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1584" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1584" t="s">
+        <v>3472</v>
+      </c>
+      <c r="E1584" t="s">
+        <v>3470</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1586" s="1" t="s">
         <v>3473</v>
       </c>
-      <c r="B1585" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1586" s="1"/>
+      <c r="C1586" s="1"/>
+      <c r="D1586" s="1"/>
+      <c r="E1586" s="1"/>
     </row>
     <row r="1587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1587" t="s">
-        <v>3478</v>
+        <v>3474</v>
       </c>
       <c r="B1587" t="s">
         <v>11</v>
       </c>
       <c r="C1587" t="s">
-        <v>3479</v>
+        <v>3475</v>
       </c>
       <c r="D1587" t="s">
-        <v>3480</v>
+        <v>3476</v>
       </c>
       <c r="E1587" t="s">
-        <v>3404</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1588" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1588" t="s">
-        <v>3481</v>
+        <v>3478</v>
       </c>
       <c r="B1588" t="s">
         <v>11</v>
       </c>
       <c r="C1588" t="s">
-        <v>3482</v>
+        <v>3479</v>
       </c>
       <c r="D1588" t="s">
-        <v>3483</v>
+        <v>3480</v>
       </c>
       <c r="E1588" t="s">
-        <v>3484</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1589" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1589" t="s">
-        <v>3485</v>
+        <v>3481</v>
       </c>
       <c r="B1589" t="s">
         <v>11</v>
       </c>
       <c r="C1589" t="s">
-        <v>3486</v>
+        <v>3482</v>
       </c>
       <c r="D1589" t="s">
-        <v>3487</v>
+        <v>3483</v>
       </c>
       <c r="E1589" t="s">
-        <v>3488</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1590" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1590" t="s">
-        <v>3489</v>
+        <v>3485</v>
       </c>
       <c r="B1590" t="s">
         <v>11</v>
       </c>
       <c r="C1590" t="s">
-        <v>106</v>
+        <v>3486</v>
       </c>
       <c r="D1590" t="s">
-        <v>3490</v>
+        <v>3487</v>
       </c>
       <c r="E1590" t="s">
         <v>3488</v>
       </c>
     </row>
     <row r="1591" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1591" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B1591" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1591" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1591" t="s">
+        <v>3490</v>
+      </c>
+      <c r="E1591" t="s">
+        <v>3488</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1592" t="s">
         <v>3491</v>
       </c>
-      <c r="B1591" t="s">
-[...2 lines deleted...]
-      <c r="C1591" t="s">
+      <c r="B1592" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1592" t="s">
         <v>3486</v>
       </c>
-      <c r="D1591" t="s">
+      <c r="D1592" t="s">
         <v>3492</v>
       </c>
-      <c r="E1591" t="s">
+      <c r="E1592" t="s">
         <v>3493</v>
       </c>
     </row>
-    <row r="1593" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1593" s="1" t="s">
+    <row r="1594" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1594" s="1" t="s">
         <v>3494</v>
       </c>
-      <c r="B1593" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1594" s="1"/>
+      <c r="C1594" s="1"/>
+      <c r="D1594" s="1"/>
+      <c r="E1594" s="1"/>
     </row>
     <row r="1595" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1595" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B1595" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1595" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D1595" t="s">
+        <v>3497</v>
+      </c>
+      <c r="E1595" t="s">
+        <v>3498</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1596" t="s">
         <v>3499</v>
       </c>
-      <c r="B1595" t="s">
-[...2 lines deleted...]
-      <c r="C1595" t="s">
+      <c r="B1596" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1596" t="s">
         <v>3500</v>
       </c>
-      <c r="D1595" t="s">
+      <c r="D1596" t="s">
         <v>3501</v>
       </c>
-      <c r="E1595" t="s">
+      <c r="E1596" t="s">
         <v>3502</v>
       </c>
     </row>
-    <row r="1597" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1597" s="1" t="s">
+    <row r="1598" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1598" s="1" t="s">
         <v>3503</v>
       </c>
-      <c r="B1597" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1598" s="1"/>
+      <c r="C1598" s="1"/>
+      <c r="D1598" s="1"/>
+      <c r="E1598" s="1"/>
     </row>
     <row r="1599" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1599" t="s">
         <v>3504</v>
       </c>
       <c r="B1599" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C1599" t="s">
         <v>106</v>
       </c>
       <c r="D1599" t="s">
+        <v>3505</v>
+      </c>
+      <c r="E1599" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1600" t="s">
+        <v>3504</v>
+      </c>
+      <c r="B1600" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1600" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1600" t="s">
         <v>3507</v>
       </c>
-      <c r="E1599" t="s">
-[...4 lines deleted...]
-      <c r="A1601" s="1" t="s">
+      <c r="E1600" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1602" s="1" t="s">
         <v>3508</v>
       </c>
-      <c r="B1601" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1602" s="1"/>
+      <c r="C1602" s="1"/>
+      <c r="D1602" s="1"/>
+      <c r="E1602" s="1"/>
     </row>
     <row r="1603" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1603" t="s">
-        <v>3513</v>
+        <v>3509</v>
       </c>
       <c r="B1603" t="s">
         <v>11</v>
       </c>
       <c r="C1603" t="s">
         <v>3510</v>
       </c>
       <c r="D1603" t="s">
-        <v>3514</v>
+        <v>3511</v>
       </c>
       <c r="E1603" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1604" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1604" t="s">
-        <v>3515</v>
+        <v>3513</v>
       </c>
       <c r="B1604" t="s">
         <v>11</v>
       </c>
       <c r="C1604" t="s">
         <v>3510</v>
       </c>
       <c r="D1604" t="s">
-        <v>3516</v>
+        <v>3514</v>
       </c>
       <c r="E1604" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1605" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1605" t="s">
-        <v>3517</v>
+        <v>3515</v>
       </c>
       <c r="B1605" t="s">
         <v>11</v>
       </c>
       <c r="C1605" t="s">
         <v>3510</v>
       </c>
       <c r="D1605" t="s">
-        <v>3518</v>
+        <v>3516</v>
       </c>
       <c r="E1605" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1606" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1606" t="s">
-        <v>3519</v>
+        <v>3517</v>
       </c>
       <c r="B1606" t="s">
         <v>11</v>
       </c>
       <c r="C1606" t="s">
-        <v>106</v>
+        <v>3510</v>
       </c>
       <c r="D1606" t="s">
-        <v>3520</v>
+        <v>3518</v>
       </c>
       <c r="E1606" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1607" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1607" t="s">
-        <v>3521</v>
+        <v>3519</v>
       </c>
       <c r="B1607" t="s">
         <v>11</v>
       </c>
       <c r="C1607" t="s">
-        <v>3510</v>
+        <v>106</v>
       </c>
       <c r="D1607" t="s">
-        <v>3522</v>
+        <v>3520</v>
       </c>
       <c r="E1607" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1608" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1608" t="s">
-        <v>3523</v>
+        <v>3521</v>
       </c>
       <c r="B1608" t="s">
         <v>11</v>
       </c>
       <c r="C1608" t="s">
         <v>3510</v>
       </c>
       <c r="D1608" t="s">
-        <v>3524</v>
+        <v>3522</v>
       </c>
       <c r="E1608" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1609" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1609" t="s">
-        <v>3525</v>
+        <v>3523</v>
       </c>
       <c r="B1609" t="s">
         <v>11</v>
       </c>
       <c r="C1609" t="s">
         <v>3510</v>
       </c>
       <c r="D1609" t="s">
-        <v>3526</v>
+        <v>3524</v>
       </c>
       <c r="E1609" t="s">
-        <v>10</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1610" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1610" t="s">
-        <v>3527</v>
+        <v>3525</v>
       </c>
       <c r="B1610" t="s">
         <v>11</v>
       </c>
       <c r="C1610" t="s">
         <v>3510</v>
       </c>
       <c r="D1610" t="s">
-        <v>3528</v>
+        <v>3526</v>
       </c>
       <c r="E1610" t="s">
-        <v>3529</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1611" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1611" t="s">
-        <v>3530</v>
+        <v>3527</v>
       </c>
       <c r="B1611" t="s">
         <v>11</v>
       </c>
       <c r="C1611" t="s">
         <v>3510</v>
       </c>
       <c r="D1611" t="s">
-        <v>3531</v>
+        <v>3528</v>
       </c>
       <c r="E1611" t="s">
-        <v>3512</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="1612" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1612" t="s">
-        <v>3532</v>
+        <v>3530</v>
       </c>
       <c r="B1612" t="s">
         <v>11</v>
       </c>
       <c r="C1612" t="s">
         <v>3510</v>
       </c>
       <c r="D1612" t="s">
-        <v>3533</v>
+        <v>3531</v>
       </c>
       <c r="E1612" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1613" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1613" t="s">
-        <v>3534</v>
+        <v>3532</v>
       </c>
       <c r="B1613" t="s">
         <v>11</v>
       </c>
       <c r="C1613" t="s">
         <v>3510</v>
       </c>
       <c r="D1613" t="s">
-        <v>3535</v>
+        <v>3533</v>
       </c>
       <c r="E1613" t="s">
-        <v>3536</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1614" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1614" t="s">
-        <v>3537</v>
+        <v>3534</v>
       </c>
       <c r="B1614" t="s">
         <v>11</v>
       </c>
       <c r="C1614" t="s">
         <v>3510</v>
       </c>
       <c r="D1614" t="s">
-        <v>3538</v>
+        <v>3535</v>
       </c>
       <c r="E1614" t="s">
         <v>3536</v>
       </c>
     </row>
     <row r="1615" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1615" t="s">
-        <v>3539</v>
+        <v>3537</v>
       </c>
       <c r="B1615" t="s">
         <v>11</v>
       </c>
       <c r="C1615" t="s">
         <v>3510</v>
       </c>
       <c r="D1615" t="s">
-        <v>3540</v>
+        <v>3538</v>
       </c>
       <c r="E1615" t="s">
         <v>3536</v>
       </c>
     </row>
-    <row r="1617" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1617" s="1" t="s">
+    <row r="1616" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1616" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B1616" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1616" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D1616" t="s">
+        <v>3540</v>
+      </c>
+      <c r="E1616" t="s">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1618" s="1" t="s">
         <v>3541</v>
       </c>
-      <c r="B1617" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1618" s="1"/>
+      <c r="C1618" s="1"/>
+      <c r="D1618" s="1"/>
+      <c r="E1618" s="1"/>
     </row>
     <row r="1619" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1619" t="s">
-        <v>3545</v>
+        <v>3542</v>
       </c>
       <c r="B1619" t="s">
         <v>11</v>
       </c>
       <c r="C1619" t="s">
         <v>106</v>
       </c>
       <c r="D1619" t="s">
+        <v>3543</v>
+      </c>
+      <c r="E1619" t="s">
+        <v>3544</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1620" t="s">
+        <v>3545</v>
+      </c>
+      <c r="B1620" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1620" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1620" t="s">
         <v>3546</v>
       </c>
-      <c r="E1619" t="s">
+      <c r="E1620" t="s">
         <v>3547</v>
       </c>
     </row>
-    <row r="1621" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1621" s="1" t="s">
+    <row r="1622" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1622" s="1" t="s">
         <v>3548</v>
       </c>
-      <c r="B1621" s="1"/>
-[...5 lines deleted...]
-      <c r="A1622" t="s">
+      <c r="B1622" s="1"/>
+      <c r="C1622" s="1"/>
+      <c r="D1622" s="1"/>
+      <c r="E1622" s="1"/>
+    </row>
+    <row r="1623" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1623" t="s">
         <v>3549</v>
       </c>
-      <c r="B1622" t="s">
+      <c r="B1623" t="s">
         <v>7</v>
       </c>
-      <c r="C1622" t="s">
+      <c r="C1623" t="s">
         <v>106</v>
       </c>
-      <c r="D1622" t="s">
+      <c r="D1623" t="s">
         <v>3550</v>
       </c>
-      <c r="E1622" t="s">
-[...4 lines deleted...]
-      <c r="A1624" s="1" t="s">
+      <c r="E1623" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1625" s="1" t="s">
         <v>3551</v>
       </c>
-      <c r="B1624" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1625" s="1"/>
+      <c r="C1625" s="1"/>
+      <c r="D1625" s="1"/>
+      <c r="E1625" s="1"/>
     </row>
     <row r="1626" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1626" t="s">
+        <v>3552</v>
+      </c>
+      <c r="B1626" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1626" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D1626" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E1626" t="s">
+        <v>3555</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1627" t="s">
         <v>3556</v>
       </c>
-      <c r="B1626" t="s">
-[...2 lines deleted...]
-      <c r="C1626" t="s">
+      <c r="B1627" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1627" t="s">
         <v>106</v>
       </c>
-      <c r="D1626" t="s">
+      <c r="D1627" t="s">
         <v>3557</v>
       </c>
-      <c r="E1626" t="s">
+      <c r="E1627" t="s">
         <v>3558</v>
       </c>
     </row>
-    <row r="1628" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1628" s="1" t="s">
+    <row r="1629" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1629" s="1" t="s">
         <v>3559</v>
       </c>
-      <c r="B1628" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B1629" s="1"/>
+      <c r="C1629" s="1"/>
+      <c r="D1629" s="1"/>
+      <c r="E1629" s="1"/>
     </row>
     <row r="1630" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1630" t="s">
         <v>3560</v>
       </c>
       <c r="B1630" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C1630" t="s">
         <v>106</v>
       </c>
       <c r="D1630" t="s">
-        <v>3562</v>
+        <v>3561</v>
       </c>
       <c r="E1630" t="s">
-        <v>3563</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1631" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1631" t="s">
-        <v>3564</v>
+        <v>3560</v>
       </c>
       <c r="B1631" t="s">
         <v>11</v>
       </c>
       <c r="C1631" t="s">
         <v>106</v>
       </c>
       <c r="D1631" t="s">
-        <v>3565</v>
+        <v>3562</v>
       </c>
       <c r="E1631" t="s">
-        <v>3566</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="1632" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1632" t="s">
         <v>3564</v>
       </c>
       <c r="B1632" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C1632" t="s">
         <v>106</v>
       </c>
       <c r="D1632" t="s">
-        <v>3567</v>
+        <v>3565</v>
       </c>
       <c r="E1632" t="s">
         <v>3566</v>
       </c>
     </row>
     <row r="1633" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1633" t="s">
         <v>3564</v>
       </c>
       <c r="B1633" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C1633" t="s">
         <v>106</v>
       </c>
       <c r="D1633" t="s">
+        <v>3567</v>
+      </c>
+      <c r="E1633" t="s">
+        <v>3566</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1634" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B1634" t="s">
+        <v>36</v>
+      </c>
+      <c r="C1634" t="s">
+        <v>106</v>
+      </c>
+      <c r="D1634" t="s">
         <v>3568</v>
       </c>
-      <c r="E1633" t="s">
+      <c r="E1634" t="s">
         <v>3566</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="122">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A66:E66"/>
     <mergeCell ref="A81:E81"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A142:E142"/>
     <mergeCell ref="A146:E146"/>
     <mergeCell ref="A186:E186"/>
     <mergeCell ref="A265:E265"/>
     <mergeCell ref="A288:E288"/>
     <mergeCell ref="A314:E314"/>
     <mergeCell ref="A324:E324"/>
     <mergeCell ref="A350:E350"/>
     <mergeCell ref="A353:E353"/>
-    <mergeCell ref="A359:E359"/>
-[...107 lines deleted...]
-    <mergeCell ref="A1628:E1628"/>
+    <mergeCell ref="A360:E360"/>
+    <mergeCell ref="A365:E365"/>
+    <mergeCell ref="A381:E381"/>
+    <mergeCell ref="A386:E386"/>
+    <mergeCell ref="A397:E397"/>
+    <mergeCell ref="A409:E409"/>
+    <mergeCell ref="A419:E419"/>
+    <mergeCell ref="A422:E422"/>
+    <mergeCell ref="A428:E428"/>
+    <mergeCell ref="A448:E448"/>
+    <mergeCell ref="A509:E509"/>
+    <mergeCell ref="A572:E572"/>
+    <mergeCell ref="A591:E591"/>
+    <mergeCell ref="A712:E712"/>
+    <mergeCell ref="A734:E734"/>
+    <mergeCell ref="A748:E748"/>
+    <mergeCell ref="A756:E756"/>
+    <mergeCell ref="A768:E768"/>
+    <mergeCell ref="A776:E776"/>
+    <mergeCell ref="A786:E786"/>
+    <mergeCell ref="A792:E792"/>
+    <mergeCell ref="A800:E800"/>
+    <mergeCell ref="A807:E807"/>
+    <mergeCell ref="A819:E819"/>
+    <mergeCell ref="A829:E829"/>
+    <mergeCell ref="A840:E840"/>
+    <mergeCell ref="A848:E848"/>
+    <mergeCell ref="A853:E853"/>
+    <mergeCell ref="A862:E862"/>
+    <mergeCell ref="A869:E869"/>
+    <mergeCell ref="A872:E872"/>
+    <mergeCell ref="A883:E883"/>
+    <mergeCell ref="A892:E892"/>
+    <mergeCell ref="A911:E911"/>
+    <mergeCell ref="A930:E930"/>
+    <mergeCell ref="A938:E938"/>
+    <mergeCell ref="A956:E956"/>
+    <mergeCell ref="A962:E962"/>
+    <mergeCell ref="A967:E967"/>
+    <mergeCell ref="A971:E971"/>
+    <mergeCell ref="A978:E978"/>
+    <mergeCell ref="A990:E990"/>
+    <mergeCell ref="A1000:E1000"/>
+    <mergeCell ref="A1005:E1005"/>
+    <mergeCell ref="A1012:E1012"/>
+    <mergeCell ref="A1030:E1030"/>
+    <mergeCell ref="A1042:E1042"/>
+    <mergeCell ref="A1049:E1049"/>
+    <mergeCell ref="A1056:E1056"/>
+    <mergeCell ref="A1063:E1063"/>
+    <mergeCell ref="A1069:E1069"/>
+    <mergeCell ref="A1082:E1082"/>
+    <mergeCell ref="A1094:E1094"/>
+    <mergeCell ref="A1101:E1101"/>
+    <mergeCell ref="A1105:E1105"/>
+    <mergeCell ref="A1113:E1113"/>
+    <mergeCell ref="A1121:E1121"/>
+    <mergeCell ref="A1128:E1128"/>
+    <mergeCell ref="A1138:E1138"/>
+    <mergeCell ref="A1142:E1142"/>
+    <mergeCell ref="A1154:E1154"/>
+    <mergeCell ref="A1165:E1165"/>
+    <mergeCell ref="A1187:E1187"/>
+    <mergeCell ref="A1193:E1193"/>
+    <mergeCell ref="A1214:E1214"/>
+    <mergeCell ref="A1223:E1223"/>
+    <mergeCell ref="A1230:E1230"/>
+    <mergeCell ref="A1235:E1235"/>
+    <mergeCell ref="A1246:E1246"/>
+    <mergeCell ref="A1251:E1251"/>
+    <mergeCell ref="A1274:E1274"/>
+    <mergeCell ref="A1285:E1285"/>
+    <mergeCell ref="A1299:E1299"/>
+    <mergeCell ref="A1302:E1302"/>
+    <mergeCell ref="A1308:E1308"/>
+    <mergeCell ref="A1313:E1313"/>
+    <mergeCell ref="A1332:E1332"/>
+    <mergeCell ref="A1335:E1335"/>
+    <mergeCell ref="A1348:E1348"/>
+    <mergeCell ref="A1355:E1355"/>
+    <mergeCell ref="A1368:E1368"/>
+    <mergeCell ref="A1403:E1403"/>
+    <mergeCell ref="A1412:E1412"/>
+    <mergeCell ref="A1420:E1420"/>
+    <mergeCell ref="A1438:E1438"/>
+    <mergeCell ref="A1460:E1460"/>
+    <mergeCell ref="A1480:E1480"/>
+    <mergeCell ref="A1494:E1494"/>
+    <mergeCell ref="A1504:E1504"/>
+    <mergeCell ref="A1511:E1511"/>
+    <mergeCell ref="A1515:E1515"/>
+    <mergeCell ref="A1519:E1519"/>
+    <mergeCell ref="A1527:E1527"/>
+    <mergeCell ref="A1533:E1533"/>
+    <mergeCell ref="A1538:E1538"/>
+    <mergeCell ref="A1545:E1545"/>
+    <mergeCell ref="A1555:E1555"/>
+    <mergeCell ref="A1565:E1565"/>
+    <mergeCell ref="A1575:E1575"/>
+    <mergeCell ref="A1578:E1578"/>
+    <mergeCell ref="A1582:E1582"/>
+    <mergeCell ref="A1586:E1586"/>
+    <mergeCell ref="A1594:E1594"/>
+    <mergeCell ref="A1598:E1598"/>
+    <mergeCell ref="A1602:E1602"/>
+    <mergeCell ref="A1618:E1618"/>
+    <mergeCell ref="A1622:E1622"/>
+    <mergeCell ref="A1625:E1625"/>
+    <mergeCell ref="A1629:E1629"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>API Documentation</vt:lpstr>
     </vt:vector>